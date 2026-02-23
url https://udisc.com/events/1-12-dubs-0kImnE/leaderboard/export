--- v0 (2026-01-13)
+++ v1 (2026-02-23)
@@ -504,969 +504,936 @@
       </c>
       <c r="O1" t="str">
         <v>hole_4</v>
       </c>
       <c r="P1" t="str">
         <v>hole_5</v>
       </c>
       <c r="Q1" t="str">
         <v>hole_6</v>
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>BEG</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Kirk</v>
+        <v>Matthew hibbs</v>
       </c>
       <c r="E2">
-        <v>-14</v>
+        <v>-2</v>
       </c>
       <c r="F2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
       <c r="I2" t="str">
-        <v>kkauder</v>
+        <v>scrillia</v>
       </c>
       <c r="J2">
-        <v>-14</v>
+        <v>-2</v>
       </c>
       <c r="K2">
-        <v>10</v>
-[...10 lines deleted...]
-      <c r="O2">
         <v>1</v>
       </c>
       <c r="P2">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="S2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>BEG</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Ian Woolley</v>
+        <v>Tara St. Aubin</v>
       </c>
       <c r="E3">
-        <v>-10</v>
+        <v>-6</v>
       </c>
       <c r="F3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
+      <c r="H3">
+        <v>38647</v>
+      </c>
       <c r="I3" t="str">
-        <v>ianwoolley</v>
+        <v>tsaintaubin</v>
       </c>
       <c r="J3">
-        <v>-10</v>
+        <v>-6</v>
       </c>
       <c r="K3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L3">
         <v>1</v>
       </c>
-      <c r="M3">
-[...8 lines deleted...]
-      <c r="S3">
+      <c r="Q3">
+        <v>1</v>
+      </c>
+      <c r="R3">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>BEG</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Matt Harris</v>
+        <v>Aaron Vasko</v>
       </c>
       <c r="E4">
-        <v>-10</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="I4" t="str">
-        <v>matthewmurphy</v>
+        <v>smokingtrees</v>
       </c>
       <c r="J4">
-        <v>-10</v>
+        <v>-6</v>
       </c>
       <c r="K4">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>1</v>
+      </c>
+      <c r="O4">
         <v>1</v>
       </c>
       <c r="R4">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="T4">
         <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>BEG</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Jacob Cruce</v>
+        <v>Aaron Dilloway</v>
       </c>
       <c r="E5">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" t="str">
-        <v>sharinvalentine</v>
+        <v>aaron1001</v>
       </c>
       <c r="J5">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5">
         <v>1</v>
       </c>
       <c r="O5">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="T5">
         <v>1</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>BEG</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Lauren enright</v>
+        <v>Jacob Cruce</v>
       </c>
       <c r="E6">
         <v>-8</v>
       </c>
       <c r="F6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="G6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I6" t="str">
-        <v>ladylegasus</v>
+        <v>sharinvalentine</v>
       </c>
       <c r="J6">
         <v>-8</v>
       </c>
       <c r="K6">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="M6">
+        <v>1</v>
+      </c>
+      <c r="N6">
+        <v>1</v>
+      </c>
+      <c r="O6">
         <v>1</v>
       </c>
       <c r="R6">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="T6">
         <v>1</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>BEG</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Joe Czerniawski</v>
+        <v>David Castillo</v>
       </c>
       <c r="E7">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I7" t="str">
-        <v>joecz11</v>
+        <v>castillo</v>
       </c>
       <c r="J7">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="K7">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L7">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>1</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
       </c>
       <c r="P7">
         <v>1</v>
       </c>
-      <c r="Q7">
-[...4 lines deleted...]
-      </c>
       <c r="S7">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="T7">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>BEG</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>Tara St. Aubin</v>
+        <v>Ian Woolley</v>
       </c>
       <c r="E8">
-        <v>-6</v>
+        <v>-10</v>
       </c>
       <c r="F8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
-      <c r="H8">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="str">
-        <v>tsaintaubin</v>
+        <v>ianwoolley</v>
       </c>
       <c r="J8">
-        <v>-6</v>
+        <v>-10</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
-      <c r="Q8">
-[...2 lines deleted...]
-      <c r="R8">
+      <c r="M8">
+        <v>1</v>
+      </c>
+      <c r="N8">
+        <v>1</v>
+      </c>
+      <c r="O8">
+        <v>1</v>
+      </c>
+      <c r="S8">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>BEG</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
-[...1 lines deleted...]
-      <c r="C9">
+        <v>DNF</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Lauren enright</v>
+      </c>
+      <c r="E9">
+        <v>-8</v>
+      </c>
+      <c r="F9">
         <v>7</v>
       </c>
-      <c r="D9" t="str">
-[...7 lines deleted...]
-      </c>
       <c r="G9">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I9" t="str">
-        <v>smokingtrees</v>
+        <v>ladylegasus</v>
       </c>
       <c r="J9">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K9">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="O9">
+        <v>7</v>
+      </c>
+      <c r="L9">
+        <v>1</v>
+      </c>
+      <c r="Q9">
         <v>1</v>
       </c>
       <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>1</v>
+      </c>
+      <c r="T9">
         <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>BEG</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Aaron Dilloway</v>
+        <v>Matt Harris</v>
       </c>
       <c r="E10">
-        <v>-6</v>
+        <v>-10</v>
       </c>
       <c r="F10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>aaron1001</v>
+        <v>matthewmurphy</v>
       </c>
       <c r="J10">
-        <v>-6</v>
+        <v>-10</v>
       </c>
       <c r="K10">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="L10">
+        <v>1</v>
+      </c>
+      <c r="P10">
+        <v>1</v>
+      </c>
+      <c r="R10">
+        <v>1</v>
+      </c>
+      <c r="S10">
+        <v>1</v>
       </c>
       <c r="T10">
         <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>BEG</v>
       </c>
       <c r="B11" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D11" t="str">
-        <v>David Castillo</v>
+        <v>Joe Czerniawski</v>
       </c>
       <c r="E11">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="F11">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I11" t="str">
-        <v>castillo</v>
+        <v>joecz11</v>
       </c>
       <c r="J11">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="K11">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L11">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P11">
         <v>1</v>
       </c>
+      <c r="Q11">
+        <v>1</v>
+      </c>
+      <c r="R11">
+        <v>2</v>
+      </c>
       <c r="S11">
+        <v>5</v>
+      </c>
+      <c r="T11">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>BEG</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Matthew hibbs</v>
+        <v>Kirk</v>
       </c>
       <c r="E12">
-        <v>-2</v>
+        <v>-14</v>
       </c>
       <c r="F12">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="I12" t="str">
-        <v>scrillia</v>
+        <v>kkauder</v>
       </c>
       <c r="J12">
-        <v>-2</v>
+        <v>-14</v>
       </c>
       <c r="K12">
+        <v>10</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>1</v>
+      </c>
+      <c r="N12">
+        <v>1</v>
+      </c>
+      <c r="O12">
         <v>1</v>
       </c>
       <c r="P12">
+        <v>1</v>
+      </c>
+      <c r="Q12">
+        <v>1</v>
+      </c>
+      <c r="R12">
+        <v>1</v>
+      </c>
+      <c r="S12">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>BEG</v>
       </c>
       <c r="B13" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
         <v>Matthew hibbs</v>
       </c>
       <c r="E13">
         <v>-2</v>
       </c>
       <c r="F13">
         <v>1</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="I13" t="str">
         <v>scrillia</v>
       </c>
       <c r="J13">
         <v>-2</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>BEG</v>
       </c>
       <c r="B14" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
         <v>Tara St. Aubin</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>7</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14">
         <v>38647</v>
       </c>
       <c r="I14" t="str">
         <v>tsaintaubin</v>
       </c>
       <c r="J14">
         <v>-2</v>
       </c>
       <c r="K14">
         <v>7</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>BEG</v>
       </c>
       <c r="B15" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Jacob Cruce</v>
       </c>
       <c r="E15">
         <v>-6</v>
       </c>
       <c r="F15">
         <v>6</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="I15" t="str">
         <v>sharinvalentine</v>
       </c>
       <c r="J15">
         <v>-6</v>
       </c>
       <c r="K15">
         <v>6</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="O15">
         <v>1</v>
       </c>
       <c r="Q15">
         <v>1</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>BEG</v>
       </c>
       <c r="B16" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Kirk</v>
       </c>
       <c r="E16">
         <v>-4</v>
       </c>
       <c r="F16">
         <v>8</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="I16" t="str">
         <v>kkauder</v>
       </c>
       <c r="J16">
         <v>-4</v>
       </c>
       <c r="K16">
         <v>8</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>1</v>
       </c>
       <c r="Q16">
         <v>1</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>BEG</v>
       </c>
       <c r="B17" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
         <v>Matt Harris</v>
       </c>
       <c r="E17">
         <v>-4</v>
       </c>
       <c r="F17">
         <v>8</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
       <c r="I17" t="str">
         <v>matthewmurphy</v>
       </c>
       <c r="J17">
         <v>-4</v>
       </c>
       <c r="K17">
         <v>8</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>1</v>
       </c>
       <c r="R17">
         <v>1</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>BEG</v>
       </c>
       <c r="B18" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
         <v>Aaron Dilloway</v>
       </c>
       <c r="E18">
         <v>-6</v>
       </c>
       <c r="F18">
         <v>9</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="I18" t="str">
         <v>aaron1001</v>
       </c>
       <c r="J18">
         <v>-6</v>
       </c>
       <c r="K18">
         <v>9</v>
       </c>
       <c r="M18">
         <v>1</v>
       </c>
       <c r="N18">
         <v>1</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>BEG</v>
       </c>
       <c r="B19" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
         <v>Aaron Vasko</v>
       </c>
       <c r="E19">
         <v>-4</v>
       </c>
       <c r="F19">
         <v>11</v>
       </c>
       <c r="G19">
         <v>2</v>
       </c>
       <c r="I19" t="str">
         <v>smokingtrees</v>
       </c>
       <c r="J19">
         <v>-4</v>
       </c>
       <c r="K19">
         <v>11</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>1</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>BEG</v>
       </c>
       <c r="B20" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
         <v>Ian Woolley</v>
       </c>
       <c r="E20">
         <v>-8</v>
       </c>
       <c r="F20">
         <v>7</v>
       </c>
       <c r="G20">
         <v>2</v>
       </c>
       <c r="I20" t="str">
         <v>ianwoolley</v>
       </c>
       <c r="J20">
         <v>-8</v>
       </c>
       <c r="K20">
         <v>7</v>
       </c>
       <c r="L20">
         <v>1</v>
       </c>
       <c r="O20">
         <v>1</v>
       </c>
       <c r="P20">
         <v>1</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>1</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>BEG</v>
       </c>
       <c r="B21" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
         <v>Joe Czerniawski</v>
       </c>
       <c r="E21">
         <v>-2</v>
       </c>
       <c r="F21">
         <v>13</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="I21" t="str">
         <v>joecz11</v>
       </c>
       <c r="J21">
         <v>-2</v>
       </c>
       <c r="K21">
         <v>13</v>
       </c>
       <c r="L21">
         <v>5</v>
       </c>
       <c r="N21">
         <v>1</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>BEG</v>
       </c>
       <c r="B22" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
         <v>Lauren enright</v>
       </c>
       <c r="E22">
         <v>-6</v>
       </c>
       <c r="F22">
         <v>9</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="I22" t="str">
         <v>ladylegasus</v>
       </c>
       <c r="J22">
         <v>-6</v>
       </c>
       <c r="K22">
         <v>9</v>
       </c>
       <c r="L22">
         <v>1</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>1</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>BEG</v>
       </c>
       <c r="B23" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>David Castillo</v>
       </c>
       <c r="E23">
         <v>-2</v>
       </c>
       <c r="F23">
         <v>16</v>
       </c>
       <c r="G23">
         <v>2</v>
       </c>
       <c r="I23" t="str">
         <v>castillo</v>
       </c>
       <c r="J23">
         <v>-2</v>
       </c>
       <c r="K23">
         <v>16</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
@@ -1537,1411 +1504,1360 @@
       </c>
       <c r="Q24">
         <v>1</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>1</v>
       </c>
       <c r="T24">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>INT</v>
       </c>
       <c r="B25" t="str">
         <v>2</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25" t="str">
-        <v>Jared Alcock</v>
+        <v>Rick Roth</v>
       </c>
       <c r="E25">
-        <v>-12</v>
+        <v>-6</v>
       </c>
       <c r="F25">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="G25">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>250544</v>
+        <v>2</v>
       </c>
       <c r="I25" t="str">
-        <v>jaredalcocko</v>
+        <v>roth1970</v>
       </c>
       <c r="J25">
-        <v>-12</v>
+        <v>-6</v>
       </c>
       <c r="K25">
-        <v>9</v>
+        <v>21</v>
+      </c>
+      <c r="L25">
+        <v>5</v>
       </c>
       <c r="M25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N25">
         <v>1</v>
       </c>
       <c r="O25">
         <v>1</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="S25">
+        <v>3</v>
+      </c>
+      <c r="T25">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>INT</v>
       </c>
       <c r="B26" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C26">
         <v>3</v>
       </c>
       <c r="D26" t="str">
-        <v>Dillion Overmeyer</v>
+        <v>Foster Hayes</v>
       </c>
       <c r="E26">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="F26">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="G26">
         <v>1</v>
       </c>
       <c r="H26">
-        <v>178615</v>
+        <v>129687</v>
       </c>
       <c r="I26" t="str">
-        <v>dillion33</v>
+        <v>fhayes</v>
       </c>
       <c r="J26">
-        <v>-10</v>
+        <v>-4</v>
       </c>
       <c r="K26">
-        <v>8</v>
+        <v>23</v>
+      </c>
+      <c r="L26">
+        <v>3</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
       </c>
       <c r="N26">
         <v>1</v>
       </c>
       <c r="O26">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>1</v>
       </c>
       <c r="R26">
         <v>1</v>
       </c>
+      <c r="S26">
+        <v>5</v>
+      </c>
       <c r="T26">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>INT</v>
       </c>
       <c r="B27" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Josh schmitz</v>
+        <v>Tyler Hammack</v>
       </c>
       <c r="E27">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="F27">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G27">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H27">
+        <v>289269</v>
       </c>
       <c r="I27" t="str">
-        <v>tetelestai</v>
+        <v>thammack711</v>
       </c>
       <c r="J27">
-        <v>-10</v>
+        <v>-8</v>
       </c>
       <c r="K27">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="L27">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="N27">
         <v>1</v>
       </c>
       <c r="O27">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R27">
+        <v>1</v>
+      </c>
+      <c r="S27">
         <v>1</v>
       </c>
       <c r="T27">
         <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>INT</v>
       </c>
       <c r="B28" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D28" t="str">
-        <v>Tyler Hammack</v>
+        <v>Corey Mack</v>
       </c>
       <c r="E28">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F28">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G28">
         <v>2</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
       <c r="I28" t="str">
-        <v>thammack711</v>
+        <v>cmiggitymack13</v>
       </c>
       <c r="J28">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="K28">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L28">
         <v>1</v>
       </c>
+      <c r="N28">
+        <v>3</v>
+      </c>
       <c r="O28">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1</v>
+      </c>
+      <c r="P28">
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="T28">
         <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>INT</v>
       </c>
       <c r="B29" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v>James McMahon</v>
+        <v>Dillion Overmeyer</v>
       </c>
       <c r="E29">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="F29">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
-        <v>222667</v>
+        <v>178615</v>
       </c>
       <c r="I29" t="str">
-        <v>jamesmcmahon95</v>
+        <v>dillion33</v>
       </c>
       <c r="J29">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="K29">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="N29">
         <v>1</v>
       </c>
       <c r="O29">
         <v>1</v>
       </c>
+      <c r="P29">
+        <v>3</v>
+      </c>
       <c r="Q29">
         <v>1</v>
       </c>
       <c r="R29">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="S29">
+        <v>1</v>
+      </c>
+      <c r="T29">
         <v>1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>INT</v>
       </c>
       <c r="B30" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D30" t="str">
-        <v>Jason Richardson</v>
+        <v>James McMahon</v>
       </c>
       <c r="E30">
         <v>-8</v>
       </c>
       <c r="F30">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G30">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H30">
-        <v>234282</v>
+        <v>222667</v>
       </c>
       <c r="I30" t="str">
-        <v>jasrich</v>
+        <v>jamesmcmahon95</v>
       </c>
       <c r="J30">
         <v>-8</v>
       </c>
       <c r="K30">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>1</v>
       </c>
-      <c r="P30">
-        <v>3</v>
+      <c r="O30">
+        <v>1</v>
       </c>
       <c r="Q30">
         <v>1</v>
       </c>
       <c r="R30">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="S30">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>INT</v>
       </c>
       <c r="B31" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D31" t="str">
-        <v>Dominiq Reagh</v>
+        <v>Connor Floriana</v>
       </c>
       <c r="E31">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F31">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G31">
         <v>1</v>
       </c>
       <c r="H31">
-        <v>310903</v>
+        <v>247711</v>
       </c>
       <c r="I31" t="str">
-        <v>dqreagh</v>
+        <v>cafloriana7</v>
       </c>
       <c r="J31">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="K31">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="L31">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="M31">
         <v>1</v>
       </c>
       <c r="N31">
         <v>1</v>
       </c>
-      <c r="O31">
+      <c r="P31">
         <v>5</v>
       </c>
       <c r="R31">
         <v>1</v>
       </c>
       <c r="S31">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="T31">
         <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>INT</v>
       </c>
       <c r="B32" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D32" t="str">
-        <v>Aaron Gaston</v>
+        <v>Josh schmitz</v>
       </c>
       <c r="E32">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="F32">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="I32" t="str">
-        <v>aarongaston</v>
+        <v>tetelestai</v>
       </c>
       <c r="J32">
-        <v>-8</v>
+        <v>-10</v>
       </c>
       <c r="K32">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="L32">
+        <v>3</v>
       </c>
       <c r="N32">
         <v>1</v>
       </c>
+      <c r="O32">
+        <v>1</v>
+      </c>
       <c r="P32">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="Q32">
         <v>1</v>
       </c>
       <c r="R32">
         <v>1</v>
       </c>
-      <c r="S32">
-[...1 lines deleted...]
-      </c>
       <c r="T32">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>INT</v>
       </c>
       <c r="B33" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D33" t="str">
-        <v>Brandie Verhoff</v>
+        <v>Chad Neff</v>
       </c>
       <c r="E33">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F33">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G33">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H33">
+        <v>210735</v>
       </c>
       <c r="I33" t="str">
-        <v>brandiev8</v>
+        <v>beardobluntz</v>
       </c>
       <c r="J33">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="K33">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="N33">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O33">
         <v>1</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
+      <c r="Q33">
+        <v>3</v>
+      </c>
       <c r="R33">
         <v>3</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="T33">
+        <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>INT</v>
       </c>
       <c r="B34" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>BeardedTex</v>
+        <v>Jason Richardson</v>
       </c>
       <c r="E34">
         <v>-8</v>
       </c>
       <c r="F34">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
+      <c r="H34">
+        <v>234282</v>
+      </c>
       <c r="I34" t="str">
-        <v>beardedtex</v>
+        <v>jasrich</v>
       </c>
       <c r="J34">
         <v>-8</v>
       </c>
       <c r="K34">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
-      <c r="M34">
-[...2 lines deleted...]
-      <c r="O34">
+      <c r="N34">
         <v>1</v>
       </c>
       <c r="P34">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R34">
         <v>1</v>
       </c>
       <c r="S34">
         <v>1</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>INT</v>
       </c>
       <c r="B35" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Corey Mack</v>
+        <v>Jared Alcock</v>
       </c>
       <c r="E35">
-        <v>-6</v>
+        <v>-12</v>
       </c>
       <c r="F35">
         <v>9</v>
       </c>
       <c r="G35">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H35">
+        <v>250544</v>
       </c>
       <c r="I35" t="str">
-        <v>cmiggitymack13</v>
+        <v>jaredalcocko</v>
       </c>
       <c r="J35">
-        <v>-6</v>
+        <v>-12</v>
       </c>
       <c r="K35">
         <v>9</v>
       </c>
-      <c r="L35">
+      <c r="M35">
         <v>1</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O35">
         <v>1</v>
       </c>
       <c r="P35">
         <v>3</v>
+      </c>
+      <c r="Q35">
+        <v>1</v>
+      </c>
+      <c r="R35">
+        <v>1</v>
       </c>
       <c r="S35">
         <v>1</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>INT</v>
       </c>
       <c r="B36" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Connor Floriana</v>
+        <v>Dominiq Reagh</v>
       </c>
       <c r="E36">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F36">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
-        <v>247711</v>
+        <v>310903</v>
       </c>
       <c r="I36" t="str">
-        <v>cafloriana7</v>
+        <v>dqreagh</v>
       </c>
       <c r="J36">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K36">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="L36">
+        <v>3</v>
+      </c>
+      <c r="M36">
         <v>1</v>
       </c>
       <c r="N36">
         <v>1</v>
       </c>
-      <c r="P36">
+      <c r="O36">
         <v>5</v>
       </c>
       <c r="R36">
         <v>1</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="T36">
         <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>INT</v>
       </c>
       <c r="B37" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Chad Neff</v>
+        <v>Aaron Gaston</v>
       </c>
       <c r="E37">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F37">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G37">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>210735</v>
+        <v>1</v>
       </c>
       <c r="I37" t="str">
-        <v>beardobluntz</v>
+        <v>aarongaston</v>
       </c>
       <c r="J37">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K37">
-        <v>15</v>
+        <v>13</v>
+      </c>
+      <c r="M37">
+        <v>1</v>
       </c>
       <c r="N37">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="O37">
         <v>1</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="S37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="T37">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>INT</v>
       </c>
       <c r="B38" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v xml:space="preserve">Jeff Hoile </v>
+        <v>Brandie Verhoff</v>
       </c>
       <c r="E38">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F38">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G38">
         <v>1</v>
       </c>
       <c r="I38" t="str">
-        <v>jhoile</v>
+        <v>brandiev8</v>
       </c>
       <c r="J38">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K38">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L38">
         <v>1</v>
       </c>
+      <c r="M38">
+        <v>1</v>
+      </c>
       <c r="N38">
         <v>1</v>
       </c>
       <c r="O38">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="P38">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>INT</v>
       </c>
       <c r="B39" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Andy Pinney</v>
+        <v xml:space="preserve">Jeff Hoile </v>
       </c>
       <c r="E39">
         <v>-6</v>
       </c>
       <c r="F39">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G39">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>37759</v>
+        <v>1</v>
       </c>
       <c r="I39" t="str">
-        <v>apinney</v>
+        <v>jhoile</v>
       </c>
       <c r="J39">
         <v>-6</v>
       </c>
       <c r="K39">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="L39">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="M39">
         <v>1</v>
       </c>
       <c r="N39">
         <v>1</v>
       </c>
       <c r="O39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P39">
         <v>1</v>
       </c>
-      <c r="Q39">
-[...1 lines deleted...]
-      </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
+        <v>3</v>
+      </c>
+      <c r="T39">
         <v>1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>INT</v>
       </c>
       <c r="B40" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Brayden Richard</v>
+        <v>Andy Pinney</v>
       </c>
       <c r="E40">
         <v>-6</v>
       </c>
       <c r="F40">
         <v>18</v>
       </c>
       <c r="G40">
         <v>2</v>
       </c>
       <c r="H40">
-        <v>312263</v>
+        <v>37759</v>
       </c>
       <c r="I40" t="str">
-        <v>tdsgoob</v>
+        <v>apinney</v>
       </c>
       <c r="J40">
         <v>-6</v>
       </c>
       <c r="K40">
         <v>18</v>
       </c>
       <c r="L40">
         <v>5</v>
       </c>
       <c r="M40">
         <v>1</v>
       </c>
       <c r="N40">
         <v>1</v>
       </c>
       <c r="O40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P40">
+        <v>1</v>
+      </c>
+      <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>INT</v>
       </c>
       <c r="B41" t="str">
-        <v>T12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v>Rick Roth</v>
+        <v>Zakary Woolley</v>
       </c>
       <c r="E41">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="F41">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G41">
         <v>2</v>
       </c>
+      <c r="H41">
+        <v>180621</v>
+      </c>
       <c r="I41" t="str">
-        <v>roth1970</v>
+        <v>tackleboxzak</v>
       </c>
       <c r="J41">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="K41">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L41">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M41">
         <v>3</v>
       </c>
       <c r="N41">
         <v>1</v>
       </c>
       <c r="O41">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P41">
         <v>1</v>
       </c>
       <c r="Q41">
         <v>3</v>
       </c>
-      <c r="R41">
-[...1 lines deleted...]
-      </c>
       <c r="S41">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T41">
         <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>INT</v>
       </c>
       <c r="B42" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D42" t="str">
-        <v>Zakary Woolley</v>
+        <v>Brayden Richard</v>
       </c>
       <c r="E42">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="F42">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G42">
         <v>2</v>
       </c>
       <c r="H42">
-        <v>180621</v>
+        <v>312263</v>
       </c>
       <c r="I42" t="str">
-        <v>tackleboxzak</v>
+        <v>tdsgoob</v>
       </c>
       <c r="J42">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="K42">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="L42">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N42">
         <v>1</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P42">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="Q42">
+        <v>3</v>
+      </c>
+      <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="T42">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>INT</v>
       </c>
       <c r="B43" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D43" t="str">
-        <v>Foster Hayes</v>
+        <v>BeardedTex</v>
       </c>
       <c r="E43">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="F43">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="G43">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>129687</v>
+        <v>2</v>
       </c>
       <c r="I43" t="str">
-        <v>fhayes</v>
+        <v>beardedtex</v>
       </c>
       <c r="J43">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="K43">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
-      <c r="N43">
-[...1 lines deleted...]
-      </c>
       <c r="O43">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q43">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R43">
         <v>1</v>
       </c>
       <c r="S43">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>INT</v>
       </c>
       <c r="B44" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D44" t="str">
         <v>Chad Neff</v>
       </c>
       <c r="E44">
         <v>-4</v>
       </c>
       <c r="F44">
         <v>8</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44">
         <v>210735</v>
       </c>
       <c r="I44" t="str">
         <v>beardobluntz</v>
       </c>
       <c r="J44">
         <v>-4</v>
       </c>
       <c r="K44">
         <v>8</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>1</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>1</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>INT</v>
       </c>
       <c r="B45" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D45" t="str">
         <v>Dominiq Reagh</v>
       </c>
       <c r="E45">
         <v>-2</v>
       </c>
       <c r="F45">
         <v>13</v>
       </c>
       <c r="G45">
         <v>2</v>
       </c>
       <c r="H45">
         <v>310903</v>
       </c>
       <c r="I45" t="str">
         <v>dqreagh</v>
       </c>
       <c r="J45">
         <v>-2</v>
       </c>
       <c r="K45">
         <v>13</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>5</v>
       </c>
       <c r="R45">
         <v>1</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
         <v>1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>INT</v>
       </c>
       <c r="B46" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D46" t="str">
         <v>Brandie Verhoff</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
         <v>15</v>
       </c>
       <c r="G46">
         <v>2</v>
       </c>
       <c r="I46" t="str">
         <v>brandiev8</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46">
         <v>15</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>1</v>
       </c>
       <c r="R46">
         <v>3</v>
       </c>
       <c r="S46">
         <v>5</v>
       </c>
       <c r="T46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>INT</v>
       </c>
       <c r="B47" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D47" t="str">
         <v>Corey Mack</v>
       </c>
       <c r="E47">
         <v>-4</v>
       </c>
       <c r="F47">
         <v>11</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="I47" t="str">
         <v>cmiggitymack13</v>
       </c>
       <c r="J47">
         <v>-4</v>
       </c>
       <c r="K47">
         <v>11</v>
       </c>
       <c r="L47">
         <v>1</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="R47">
         <v>3</v>
       </c>
       <c r="S47">
         <v>1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>INT</v>
       </c>
       <c r="B48" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D48" t="str">
         <v>Rick Roth</v>
       </c>
       <c r="E48">
         <v>-2</v>
       </c>
       <c r="F48">
         <v>13</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="I48" t="str">
         <v>roth1970</v>
       </c>
       <c r="J48">
         <v>-2</v>
       </c>
       <c r="K48">
         <v>13</v>
       </c>
       <c r="L48">
         <v>1</v>
       </c>
       <c r="Q48">
         <v>5</v>
       </c>
       <c r="R48">
         <v>3</v>
       </c>
       <c r="S48">
         <v>3</v>
       </c>
       <c r="T48">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>INT</v>
       </c>
       <c r="B49" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D49" t="str">
         <v>Dillion Overmeyer</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49">
         <v>20</v>
       </c>
       <c r="G49">
         <v>2</v>
       </c>
       <c r="H49">
         <v>178615</v>
       </c>
       <c r="I49" t="str">
         <v>dillion33</v>
       </c>
       <c r="J49">
         <v>2</v>
       </c>
       <c r="K49">
         <v>20</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
         <v>3</v>
       </c>
       <c r="N49">
         <v>1</v>
       </c>
       <c r="O49">
         <v>5</v>
       </c>
       <c r="R49">
         <v>5</v>
       </c>
       <c r="S49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>INT</v>
       </c>
       <c r="B50" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D50" t="str">
         <v>Connor Floriana</v>
       </c>
       <c r="E50">
         <v>-4</v>
       </c>
       <c r="F50">
         <v>14</v>
       </c>
       <c r="G50">
         <v>2</v>
       </c>
       <c r="H50">
         <v>247711</v>
       </c>
       <c r="I50" t="str">
         <v>cafloriana7</v>
       </c>
       <c r="J50">
         <v>-4</v>
       </c>
       <c r="K50">
         <v>14</v>
       </c>
       <c r="L50">
         <v>1</v>
       </c>
       <c r="N50">
         <v>1</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
       <c r="R50">
         <v>3</v>
       </c>
       <c r="S50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>INT</v>
       </c>
       <c r="B51" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D51" t="str">
         <v>Andy Pinney</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51">
         <v>23</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51">
         <v>37759</v>
       </c>
       <c r="I51" t="str">
         <v>apinney</v>
       </c>
       <c r="J51">
         <v>2</v>
       </c>
       <c r="K51">
         <v>23</v>
       </c>
@@ -2950,51 +2866,51 @@
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>
       <c r="Q51">
         <v>3</v>
       </c>
       <c r="R51">
         <v>5</v>
       </c>
       <c r="S51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>INT</v>
       </c>
       <c r="B52" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D52" t="str">
         <v>Foster Hayes</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
         <v>21</v>
       </c>
       <c r="G52">
         <v>2</v>
       </c>
       <c r="H52">
         <v>129687</v>
       </c>
       <c r="I52" t="str">
         <v>fhayes</v>
       </c>
       <c r="J52">
         <v>0</v>
       </c>
       <c r="K52">
         <v>21</v>
       </c>
@@ -3003,51 +2919,51 @@
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>3</v>
       </c>
       <c r="O52">
         <v>5</v>
       </c>
       <c r="P52">
         <v>3</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>INT</v>
       </c>
       <c r="B53" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D53" t="str">
         <v>Zakary Woolley</v>
       </c>
       <c r="E53">
         <v>-2</v>
       </c>
       <c r="F53">
         <v>19</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53">
         <v>180621</v>
       </c>
       <c r="I53" t="str">
         <v>tackleboxzak</v>
       </c>
       <c r="J53">
         <v>-2</v>
       </c>
       <c r="K53">
         <v>19</v>
       </c>
@@ -3056,51 +2972,51 @@
       </c>
       <c r="N53">
         <v>1</v>
       </c>
       <c r="P53">
         <v>5</v>
       </c>
       <c r="Q53">
         <v>5</v>
       </c>
       <c r="R53">
         <v>1</v>
       </c>
       <c r="S53">
         <v>1</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>INT</v>
       </c>
       <c r="B54" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D54" t="str">
         <v>Jason Richardson</v>
       </c>
       <c r="E54">
         <v>0</v>
       </c>
       <c r="F54">
         <v>21</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54">
         <v>234282</v>
       </c>
       <c r="I54" t="str">
         <v>jasrich</v>
       </c>
       <c r="J54">
         <v>0</v>
       </c>
       <c r="K54">
         <v>21</v>
       </c>
@@ -3109,51 +3025,51 @@
       </c>
       <c r="M54">
         <v>1</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
         <v>5</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="S54">
         <v>5</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>INT</v>
       </c>
       <c r="B55" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D55" t="str">
         <v>Matthew Lassiter</v>
       </c>
       <c r="E55">
         <v>-8</v>
       </c>
       <c r="F55">
         <v>16</v>
       </c>
       <c r="G55">
         <v>2</v>
       </c>
       <c r="H55">
         <v>149611</v>
       </c>
       <c r="I55" t="str">
         <v>mrbuddy</v>
       </c>
       <c r="J55">
         <v>-8</v>
       </c>
       <c r="K55">
         <v>16</v>
       </c>
@@ -3165,51 +3081,51 @@
       </c>
       <c r="N55">
         <v>1</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>5</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
         <v>1</v>
       </c>
       <c r="S55">
         <v>1</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>INT</v>
       </c>
       <c r="B56" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D56" t="str">
         <v>James McMahon</v>
       </c>
       <c r="E56">
         <v>-6</v>
       </c>
       <c r="F56">
         <v>18</v>
       </c>
       <c r="G56">
         <v>2</v>
       </c>
       <c r="H56">
         <v>222667</v>
       </c>
       <c r="I56" t="str">
         <v>jamesmcmahon95</v>
       </c>
       <c r="J56">
         <v>-6</v>
       </c>
       <c r="K56">
         <v>18</v>
       </c>
@@ -3221,51 +3137,51 @@
       </c>
       <c r="N56">
         <v>1</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="Q56">
         <v>1</v>
       </c>
       <c r="R56">
         <v>5</v>
       </c>
       <c r="S56">
         <v>3</v>
       </c>
       <c r="T56">
         <v>3</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>INT</v>
       </c>
       <c r="B57" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D57" t="str">
         <v>Jared Alcock</v>
       </c>
       <c r="E57">
         <v>-6</v>
       </c>
       <c r="F57">
         <v>18</v>
       </c>
       <c r="G57">
         <v>2</v>
       </c>
       <c r="H57">
         <v>250544</v>
       </c>
       <c r="I57" t="str">
         <v>jaredalcocko</v>
       </c>
       <c r="J57">
         <v>-6</v>
       </c>
       <c r="K57">
         <v>18</v>
       </c>
@@ -3277,51 +3193,51 @@
       </c>
       <c r="N57">
         <v>1</v>
       </c>
       <c r="O57">
         <v>3</v>
       </c>
       <c r="Q57">
         <v>3</v>
       </c>
       <c r="R57">
         <v>3</v>
       </c>
       <c r="S57">
         <v>1</v>
       </c>
       <c r="T57">
         <v>1</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
         <v>INT</v>
       </c>
       <c r="B58" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D58" t="str">
         <v>Tyler Hammack</v>
       </c>
       <c r="E58">
         <v>-8</v>
       </c>
       <c r="F58">
         <v>16</v>
       </c>
       <c r="G58">
         <v>1</v>
       </c>
       <c r="H58">
         <v>289269</v>
       </c>
       <c r="I58" t="str">
         <v>thammack711</v>
       </c>
       <c r="J58">
         <v>-8</v>
       </c>
       <c r="K58">
         <v>16</v>
       </c>
@@ -3333,51 +3249,51 @@
       </c>
       <c r="O58">
         <v>3</v>
       </c>
       <c r="P58">
         <v>1</v>
       </c>
       <c r="Q58">
         <v>1</v>
       </c>
       <c r="R58">
         <v>1</v>
       </c>
       <c r="S58">
         <v>5</v>
       </c>
       <c r="T58">
         <v>1</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>INT</v>
       </c>
       <c r="B59" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D59" t="str">
         <v>Brayden Richard</v>
       </c>
       <c r="E59">
         <v>-4</v>
       </c>
       <c r="F59">
         <v>20</v>
       </c>
       <c r="G59">
         <v>1</v>
       </c>
       <c r="H59">
         <v>312263</v>
       </c>
       <c r="I59" t="str">
         <v>tdsgoob</v>
       </c>
       <c r="J59">
         <v>-4</v>
       </c>
       <c r="K59">
         <v>20</v>
       </c>
@@ -3389,51 +3305,51 @@
       </c>
       <c r="N59">
         <v>1</v>
       </c>
       <c r="O59">
         <v>5</v>
       </c>
       <c r="P59">
         <v>3</v>
       </c>
       <c r="R59">
         <v>3</v>
       </c>
       <c r="S59">
         <v>1</v>
       </c>
       <c r="T59">
         <v>1</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
         <v>INT</v>
       </c>
       <c r="B60" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D60" t="str">
         <v>Aaron Gaston</v>
       </c>
       <c r="E60">
         <v>-6</v>
       </c>
       <c r="F60">
         <v>18</v>
       </c>
       <c r="G60">
         <v>2</v>
       </c>
       <c r="I60" t="str">
         <v>aarongaston</v>
       </c>
       <c r="J60">
         <v>-6</v>
       </c>
       <c r="K60">
         <v>18</v>
       </c>
       <c r="L60">
         <v>3</v>
       </c>
@@ -3442,51 +3358,51 @@
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
         <v>1</v>
       </c>
       <c r="Q60">
         <v>1</v>
       </c>
       <c r="R60">
         <v>3</v>
       </c>
       <c r="S60">
         <v>3</v>
       </c>
       <c r="T60">
         <v>1</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>INT</v>
       </c>
       <c r="B61" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D61" t="str">
         <v>BeardedTex</v>
       </c>
       <c r="E61">
         <v>-4</v>
       </c>
       <c r="F61">
         <v>20</v>
       </c>
       <c r="G61">
         <v>1</v>
       </c>
       <c r="I61" t="str">
         <v>beardedtex</v>
       </c>
       <c r="J61">
         <v>-4</v>
       </c>
       <c r="K61">
         <v>20</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
@@ -3495,51 +3411,51 @@
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
         <v>5</v>
       </c>
       <c r="P61">
         <v>1</v>
       </c>
       <c r="R61">
         <v>1</v>
       </c>
       <c r="S61">
         <v>3</v>
       </c>
       <c r="T61">
         <v>3</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>INT</v>
       </c>
       <c r="B62" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D62" t="str">
         <v xml:space="preserve">Jeff Hoile </v>
       </c>
       <c r="E62">
         <v>-4</v>
       </c>
       <c r="F62">
         <v>20</v>
       </c>
       <c r="G62">
         <v>2</v>
       </c>
       <c r="I62" t="str">
         <v>jhoile</v>
       </c>
       <c r="J62">
         <v>-4</v>
       </c>
       <c r="K62">
         <v>20</v>
       </c>
       <c r="L62">
         <v>3</v>
       </c>
@@ -3548,51 +3464,51 @@
       </c>
       <c r="O62">
         <v>3</v>
       </c>
       <c r="P62">
         <v>1</v>
       </c>
       <c r="Q62">
         <v>5</v>
       </c>
       <c r="R62">
         <v>3</v>
       </c>
       <c r="S62">
         <v>3</v>
       </c>
       <c r="T62">
         <v>1</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>INT</v>
       </c>
       <c r="B63" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D63" t="str">
         <v>Josh schmitz</v>
       </c>
       <c r="E63">
         <v>-4</v>
       </c>
       <c r="F63">
         <v>20</v>
       </c>
       <c r="G63">
         <v>2</v>
       </c>
       <c r="I63" t="str">
         <v>tetelestai</v>
       </c>
       <c r="J63">
         <v>-4</v>
       </c>
       <c r="K63">
         <v>20</v>
       </c>
       <c r="L63">
         <v>3</v>
       </c>
@@ -3607,343 +3523,340 @@
       </c>
       <c r="Q63">
         <v>1</v>
       </c>
       <c r="R63">
         <v>5</v>
       </c>
       <c r="S63">
         <v>3</v>
       </c>
       <c r="T63">
         <v>1</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>ADV</v>
       </c>
       <c r="B64" t="str">
         <v>1</v>
       </c>
       <c r="C64">
         <v>1</v>
       </c>
       <c r="D64" t="str">
-        <v>Justin Gill</v>
+        <v>Mike cleland</v>
       </c>
       <c r="E64">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F64">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="G64">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>25895</v>
+        <v>1</v>
       </c>
       <c r="I64" t="str">
-        <v>randomdeuceguy</v>
+        <v>mclelan</v>
       </c>
       <c r="J64">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="K64">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="L64">
         <v>3</v>
       </c>
       <c r="M64">
         <v>1</v>
       </c>
+      <c r="N64">
+        <v>1</v>
+      </c>
       <c r="O64">
         <v>1</v>
       </c>
       <c r="P64">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="Q64">
         <v>1</v>
       </c>
       <c r="R64">
+        <v>5</v>
+      </c>
+      <c r="S64">
+        <v>5</v>
+      </c>
+      <c r="T64">
         <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>ADV</v>
       </c>
       <c r="B65" t="str">
         <v>2</v>
       </c>
       <c r="C65">
         <v>2</v>
       </c>
       <c r="D65" t="str">
-        <v>Mike cleland</v>
+        <v>Logan Burrow</v>
       </c>
       <c r="E65">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="F65">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G65">
         <v>1</v>
       </c>
+      <c r="H65">
+        <v>126814</v>
+      </c>
       <c r="I65" t="str">
-        <v>mclelan</v>
+        <v>loganburrow</v>
       </c>
       <c r="J65">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="K65">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="L65">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M65">
         <v>1</v>
       </c>
       <c r="N65">
         <v>1</v>
       </c>
       <c r="O65">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P65">
         <v>3</v>
       </c>
       <c r="Q65">
         <v>1</v>
       </c>
       <c r="R65">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S65">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T65">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>ADV</v>
       </c>
       <c r="B66" t="str">
         <v>3</v>
       </c>
       <c r="C66">
         <v>3</v>
       </c>
       <c r="D66" t="str">
-        <v>Logan Burrow</v>
+        <v>Amos Kauder</v>
       </c>
       <c r="E66">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F66">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G66">
         <v>1</v>
       </c>
       <c r="H66">
-        <v>126814</v>
+        <v>235458</v>
       </c>
       <c r="I66" t="str">
-        <v>loganburrow</v>
+        <v>bergalicious25</v>
       </c>
       <c r="J66">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K66">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="L66">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M66">
         <v>1</v>
       </c>
       <c r="N66">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O66">
         <v>5</v>
       </c>
       <c r="P66">
         <v>3</v>
       </c>
       <c r="Q66">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="R66">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S66">
         <v>3</v>
       </c>
       <c r="T66">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>ADV</v>
       </c>
       <c r="B67" t="str">
         <v>4</v>
       </c>
       <c r="C67">
         <v>4</v>
       </c>
       <c r="D67" t="str">
-        <v>Amos Kauder</v>
+        <v xml:space="preserve">Hayden Carroll </v>
       </c>
       <c r="E67">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F67">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="G67">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H67">
-        <v>235458</v>
+        <v>124016</v>
       </c>
       <c r="I67" t="str">
-        <v>bergalicious25</v>
+        <v>haydenc124016</v>
       </c>
       <c r="J67">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K67">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="L67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M67">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O67">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P67">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R67">
         <v>5</v>
       </c>
       <c r="S67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T67">
         <v>3</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="str">
         <v>ADV</v>
       </c>
       <c r="B68" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D68" t="str">
-        <v xml:space="preserve">Hayden Carroll </v>
+        <v>Justin Gill</v>
       </c>
       <c r="E68">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="F68">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="G68">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H68">
-        <v>124016</v>
+        <v>25895</v>
       </c>
       <c r="I68" t="str">
-        <v>haydenc124016</v>
+        <v>randomdeuceguy</v>
       </c>
       <c r="J68">
-        <v>6</v>
+        <v>-6</v>
       </c>
       <c r="K68">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="L68">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M68">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O68">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P68">
         <v>1</v>
       </c>
+      <c r="Q68">
+        <v>1</v>
+      </c>
       <c r="R68">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="str">
         <v>ADV</v>
       </c>
       <c r="B69" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D69" t="str">
         <v>Clarke Hutchinson</v>
       </c>
       <c r="E69">
         <v>6</v>
       </c>
       <c r="F69">
         <v>30</v>
       </c>
       <c r="G69">
         <v>2</v>
       </c>
       <c r="H69">
         <v>227760</v>
       </c>
       <c r="I69" t="str">
         <v>reddup</v>
       </c>
       <c r="J69">
         <v>6</v>
       </c>
       <c r="K69">
         <v>30</v>
       </c>
@@ -3955,311 +3868,308 @@
       </c>
       <c r="N69">
         <v>5</v>
       </c>
       <c r="O69">
         <v>5</v>
       </c>
       <c r="P69">
         <v>5</v>
       </c>
       <c r="R69">
         <v>5</v>
       </c>
       <c r="S69">
         <v>3</v>
       </c>
       <c r="T69">
         <v>1</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="str">
         <v>ADV</v>
       </c>
       <c r="B70" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D70" t="str">
         <v>Justin Gill</v>
       </c>
       <c r="E70">
         <v>-4</v>
       </c>
       <c r="F70">
         <v>11</v>
       </c>
       <c r="G70">
         <v>1</v>
       </c>
       <c r="H70">
         <v>25895</v>
       </c>
       <c r="I70" t="str">
         <v>randomdeuceguy</v>
       </c>
       <c r="J70">
         <v>-4</v>
       </c>
       <c r="K70">
         <v>11</v>
       </c>
       <c r="L70">
         <v>3</v>
       </c>
       <c r="M70">
         <v>3</v>
       </c>
       <c r="N70">
         <v>1</v>
       </c>
       <c r="R70">
         <v>3</v>
       </c>
       <c r="S70">
         <v>1</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>ADV</v>
       </c>
       <c r="B71" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D71" t="str">
-        <v>Clarke Hutchinson</v>
+        <v xml:space="preserve">Hayden Carroll </v>
       </c>
       <c r="E71">
         <v>6</v>
       </c>
       <c r="F71">
         <v>30</v>
       </c>
       <c r="G71">
         <v>1</v>
       </c>
       <c r="H71">
-        <v>227760</v>
+        <v>124016</v>
       </c>
       <c r="I71" t="str">
-        <v>reddup</v>
+        <v>haydenc124016</v>
       </c>
       <c r="J71">
         <v>6</v>
       </c>
       <c r="K71">
         <v>30</v>
       </c>
       <c r="L71">
         <v>5</v>
       </c>
       <c r="M71">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="N71">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O71">
         <v>3</v>
       </c>
       <c r="P71">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="R71">
         <v>5</v>
       </c>
       <c r="S71">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T71">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="str">
         <v>ADV</v>
       </c>
       <c r="B72" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D72" t="str">
-        <v>Amos Kauder</v>
+        <v>Clarke Hutchinson</v>
       </c>
       <c r="E72">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F72">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G72">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H72">
-        <v>235458</v>
+        <v>227760</v>
       </c>
       <c r="I72" t="str">
-        <v>bergalicious25</v>
+        <v>reddup</v>
       </c>
       <c r="J72">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="K72">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="L72">
         <v>5</v>
       </c>
+      <c r="M72">
+        <v>1</v>
+      </c>
       <c r="N72">
         <v>5</v>
       </c>
       <c r="O72">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P72">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R72">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S72">
         <v>3</v>
       </c>
       <c r="T72">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>ADV</v>
       </c>
       <c r="B73" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D73" t="str">
-        <v>Mike cleland</v>
+        <v>Amos Kauder</v>
       </c>
       <c r="E73">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F73">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G73">
         <v>2</v>
       </c>
+      <c r="H73">
+        <v>235458</v>
+      </c>
       <c r="I73" t="str">
-        <v>mclelan</v>
+        <v>bergalicious25</v>
       </c>
       <c r="J73">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K73">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="L73">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O73">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P73">
         <v>5</v>
       </c>
       <c r="Q73">
         <v>5</v>
+      </c>
+      <c r="R73">
+        <v>3</v>
       </c>
       <c r="S73">
         <v>3</v>
       </c>
       <c r="T73">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>ADV</v>
       </c>
       <c r="B74" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D74" t="str">
-        <v xml:space="preserve">Hayden Carroll </v>
+        <v>Mike cleland</v>
       </c>
       <c r="E74">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F74">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="G74">
         <v>2</v>
       </c>
-      <c r="H74">
-[...1 lines deleted...]
-      </c>
       <c r="I74" t="str">
-        <v>haydenc124016</v>
+        <v>mclelan</v>
       </c>
       <c r="J74">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K74">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="L74">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O74">
         <v>3</v>
       </c>
       <c r="P74">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Q74">
         <v>5</v>
       </c>
-      <c r="R74">
-[...1 lines deleted...]
-      </c>
       <c r="S74">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T74">
         <v>3</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>ADV</v>
       </c>
       <c r="B75" t="str">
         <v>DUP</v>
       </c>
       <c r="D75" t="str">
         <v>Logan Burrow</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75">
         <v>35</v>
       </c>
       <c r="G75">
         <v>2</v>
       </c>
       <c r="H75">