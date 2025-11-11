--- v0 (2025-10-06)
+++ v1 (2025-11-11)
@@ -1388,1038 +1388,1035 @@
       </c>
       <c r="AI8">
         <v>3</v>
       </c>
       <c r="AJ8">
         <v>3</v>
       </c>
       <c r="AK8">
         <v>4</v>
       </c>
       <c r="AL8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Jacob cody</v>
+        <v>Paul Oldfather</v>
       </c>
       <c r="E9">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F9">
-        <v>57</v>
+        <v>88</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>19490</v>
+      </c>
       <c r="I9" t="str">
-        <v>jccody1125</v>
+        <v>oldfather</v>
       </c>
       <c r="J9">
+        <v>7</v>
+      </c>
+      <c r="K9">
+        <v>88</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>4</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
         <v>6</v>
       </c>
-      <c r="K9">
-[...28 lines deleted...]
-      </c>
       <c r="U9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>3</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>3</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
+      </c>
+      <c r="AG9">
+        <v>2</v>
+      </c>
+      <c r="AH9">
+        <v>3</v>
+      </c>
+      <c r="AI9">
+        <v>3</v>
+      </c>
+      <c r="AJ9">
+        <v>3</v>
+      </c>
+      <c r="AK9">
+        <v>5</v>
+      </c>
+      <c r="AL9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Paul Oldfather</v>
+        <v>Austin Head</v>
       </c>
       <c r="E10">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F10">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
-      <c r="H10">
-[...1 lines deleted...]
-      </c>
       <c r="I10" t="str">
-        <v>oldfather</v>
+        <v>arhbjj</v>
       </c>
       <c r="J10">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K10">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
       <c r="AE10">
         <v>3</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
       <c r="AG10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH10">
         <v>3</v>
       </c>
       <c r="AI10">
         <v>3</v>
       </c>
       <c r="AJ10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AK10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AL10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Austin Head</v>
+        <v>Jason Weisbrod</v>
       </c>
       <c r="E11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>114402</v>
+      </c>
       <c r="I11" t="str">
-        <v>arhbjj</v>
+        <v>jedislim</v>
       </c>
       <c r="J11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K11">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
         <v>5</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AG11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI11">
         <v>3</v>
       </c>
       <c r="AJ11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AL11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
+        <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Jason Weisbrod</v>
+        <v>Bear</v>
       </c>
       <c r="E12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F12">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
-        <v>114402</v>
+        <v>102738</v>
       </c>
       <c r="I12" t="str">
-        <v>jedislim</v>
+        <v>dandorman</v>
       </c>
       <c r="J12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K12">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>2</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI12">
         <v>3</v>
       </c>
       <c r="AJ12">
         <v>3</v>
       </c>
       <c r="AK12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AL12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T12</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Bear</v>
+        <v>Jim Ewen</v>
       </c>
       <c r="E13">
         <v>11</v>
       </c>
       <c r="F13">
         <v>92</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
-        <v>102738</v>
+        <v>222264</v>
       </c>
       <c r="I13" t="str">
-        <v>dandorman</v>
+        <v>ewyewy57</v>
       </c>
       <c r="J13">
         <v>11</v>
       </c>
       <c r="K13">
         <v>92</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
       <c r="AE13">
         <v>4</v>
       </c>
       <c r="AF13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG13">
         <v>3</v>
       </c>
       <c r="AH13">
         <v>3</v>
       </c>
       <c r="AI13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AJ13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AK13">
         <v>4</v>
       </c>
       <c r="AL13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T12</v>
+        <v>13</v>
       </c>
       <c r="C14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Jim Ewen</v>
+        <v>Ross G</v>
       </c>
       <c r="E14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F14">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
       <c r="I14" t="str">
-        <v>ewyewy57</v>
+        <v>thegoods</v>
       </c>
       <c r="J14">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K14">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>5</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>4</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
       <c r="AE14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG14">
         <v>3</v>
       </c>
       <c r="AH14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AI14">
         <v>4</v>
       </c>
       <c r="AJ14">
         <v>2</v>
       </c>
       <c r="AK14">
         <v>4</v>
       </c>
       <c r="AL14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Ross G</v>
+        <v>Johnathan Henderson</v>
       </c>
       <c r="E15">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F15">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>167626</v>
+      </c>
       <c r="I15" t="str">
-        <v>thegoods</v>
+        <v>hend3732</v>
       </c>
       <c r="J15">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K15">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>5</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
       <c r="AE15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AF15">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AG15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH15">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AI15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ15">
         <v>2</v>
       </c>
       <c r="AK15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AL15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Johnathan Henderson</v>
+        <v>Mosinator</v>
       </c>
       <c r="E16">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F16">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
       <c r="I16" t="str">
-        <v>hend3732</v>
+        <v>mosinator</v>
       </c>
       <c r="J16">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K16">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AF16">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AG16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AH16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AI16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AJ16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AK16">
         <v>5</v>
       </c>
       <c r="AL16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v>Mosinator</v>
+        <v>Jacob cody</v>
       </c>
       <c r="E17">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="F17">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
       <c r="I17" t="str">
-        <v>mosinator</v>
+        <v>jccody1125</v>
       </c>
       <c r="J17">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="K17">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
         <v>5</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
-        <v>5</v>
-[...28 lines deleted...]
-      <c r="AL17">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AL17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">