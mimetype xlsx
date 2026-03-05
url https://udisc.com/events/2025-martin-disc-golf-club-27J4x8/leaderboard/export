--- v0 (2025-10-05)
+++ v1 (2026-03-05)
@@ -740,211 +740,214 @@
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v xml:space="preserve">Justin Sammons </v>
+        <v>Brian Cullen</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F5">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G5">
-        <v>267821</v>
+        <v>265408</v>
       </c>
       <c r="H5" t="str">
-        <v>jsammons1989</v>
+        <v>bcullen1973</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J5">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
-      <c r="L5">
-[...22 lines deleted...]
-      </c>
       <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
+      </c>
+      <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>4</v>
+      </c>
+      <c r="AA5">
+        <v>8</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Corey cuthbertson</v>
+        <v xml:space="preserve">Justin Sammons </v>
       </c>
       <c r="E6">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="F6">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="G6">
-        <v>279108</v>
+        <v>267821</v>
       </c>
       <c r="H6" t="str">
-        <v>liftedsami</v>
+        <v>jsammons1989</v>
       </c>
       <c r="I6">
-        <v>-2</v>
+        <v>4</v>
       </c>
       <c r="J6">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
+      <c r="L6">
+        <v>4</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>5</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>5</v>
+      </c>
       <c r="T6">
-        <v>3</v>
-[...22 lines deleted...]
-      <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Brian Cullen</v>
+        <v>Corey cuthbertson</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>-2</v>
       </c>
       <c r="F7">
-        <v>38</v>
+        <v>30</v>
+      </c>
+      <c r="G7">
+        <v>279108</v>
       </c>
       <c r="H7" t="str">
-        <v>bcullen1973</v>
+        <v>liftedsami</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>-2</v>
       </c>
       <c r="J7">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
         <v>Dylan graves</v>
       </c>
       <c r="E8">
         <v>12</v>
       </c>
       <c r="F8">
         <v>44</v>
       </c>
       <c r="H8" t="str">
         <v>dylangraves</v>
       </c>
       <c r="I8">