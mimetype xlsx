--- v0 (2025-10-05)
+++ v1 (2025-12-19)
@@ -1562,194 +1562,197 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v xml:space="preserve">Justin Sammons </v>
+        <v>Brian Cullen</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
       <c r="F14">
         <v>66</v>
       </c>
       <c r="G14">
-        <v>267821</v>
+        <v>265408</v>
       </c>
       <c r="H14" t="str">
-        <v>jsammons1989</v>
+        <v>bcullen1973</v>
       </c>
       <c r="I14">
         <v>8</v>
       </c>
       <c r="J14">
         <v>66</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Brian Cullen</v>
+        <v xml:space="preserve">Justin Sammons </v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15">
         <v>66</v>
       </c>
+      <c r="G15">
+        <v>267821</v>
+      </c>
       <c r="H15" t="str">
-        <v>bcullen1973</v>
+        <v>jsammons1989</v>
       </c>
       <c r="I15">
         <v>8</v>
       </c>
       <c r="J15">
         <v>66</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R15">
         <v>4</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>