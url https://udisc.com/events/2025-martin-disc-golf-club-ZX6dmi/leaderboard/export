--- v0 (2025-10-05)
+++ v1 (2025-12-19)
@@ -1149,50 +1149,53 @@
         <v>8</v>
       </c>
       <c r="AB8">
         <v>7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Brian Cullen</v>
       </c>
       <c r="E9">
         <v>16</v>
       </c>
       <c r="F9">
         <v>74</v>
       </c>
+      <c r="G9">
+        <v>265408</v>
+      </c>
       <c r="H9" t="str">
         <v>bcullen1973</v>
       </c>
       <c r="I9">
         <v>16</v>
       </c>
       <c r="J9">
         <v>74</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">