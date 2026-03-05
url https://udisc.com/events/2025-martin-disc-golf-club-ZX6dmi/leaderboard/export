--- v1 (2025-12-19)
+++ v2 (2026-03-05)
@@ -981,51 +981,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Joseph Ary</v>
       </c>
       <c r="E7">
         <v>12</v>
       </c>
       <c r="F7">
         <v>70</v>
       </c>
       <c r="G7">
         <v>301474</v>
       </c>
       <c r="H7" t="str">
-        <v>josephus18</v>
+        <v>majikman18</v>
       </c>
       <c r="I7">
         <v>12</v>
       </c>
       <c r="J7">
         <v>70</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>