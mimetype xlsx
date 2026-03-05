--- v0 (2025-10-05)
+++ v1 (2026-03-05)
@@ -1736,50 +1736,53 @@
         <v>5</v>
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Brian Cullen</v>
       </c>
       <c r="E16">
         <v>14</v>
       </c>
       <c r="F16">
         <v>72</v>
       </c>
+      <c r="G16">
+        <v>265408</v>
+      </c>
       <c r="H16" t="str">
         <v>bcullen1973</v>
       </c>
       <c r="I16">
         <v>14</v>
       </c>
       <c r="J16">
         <v>72</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
@@ -1823,51 +1826,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>Joseph Ary</v>
       </c>
       <c r="E17">
         <v>15</v>
       </c>
       <c r="F17">
         <v>73</v>
       </c>
       <c r="G17">
         <v>301474</v>
       </c>
       <c r="H17" t="str">
-        <v>josephus18</v>
+        <v>majikman18</v>
       </c>
       <c r="I17">
         <v>15</v>
       </c>
       <c r="J17">
         <v>73</v>
       </c>
       <c r="K17">
         <v>5</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
         <v>5</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>