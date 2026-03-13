--- v0 (2025-12-11)
+++ v1 (2026-03-13)
@@ -2383,50 +2383,53 @@
         <v>2</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
         <v>T12</v>
       </c>
       <c r="G21">
         <v>12</v>
       </c>
       <c r="H21" t="str">
         <v>Geoff Parry</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>67</v>
       </c>
+      <c r="K21">
+        <v>285090</v>
+      </c>
       <c r="L21" t="str">
         <v>splattparry</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>67</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>6</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">