--- v0 (2025-12-20)
+++ v1 (2026-03-03)
@@ -554,51 +554,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jacob Canfield</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>57</v>
       </c>
       <c r="G2">
         <v>148161</v>
       </c>
       <c r="H2" t="str">
-        <v>jacobcanfield</v>
+        <v>jhawcdg</v>
       </c>
       <c r="I2">
         <v>-4</v>
       </c>
       <c r="J2">
         <v>57</v>
       </c>
       <c r="K2">
         <v>5</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>