--- v0 (2025-11-09)
+++ v1 (2026-03-03)
@@ -1153,51 +1153,51 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Jacob Canfield</v>
       </c>
       <c r="E9">
         <v>10</v>
       </c>
       <c r="F9">
         <v>66</v>
       </c>
       <c r="G9">
         <v>148161</v>
       </c>
       <c r="H9" t="str">
-        <v>jacobcanfield</v>
+        <v>jhawcdg</v>
       </c>
       <c r="I9">
         <v>10</v>
       </c>
       <c r="J9">
         <v>66</v>
       </c>
       <c r="K9">
         <v>8</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>