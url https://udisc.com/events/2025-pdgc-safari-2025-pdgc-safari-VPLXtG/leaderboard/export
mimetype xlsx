--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -774,149 +774,152 @@
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Brandon McMinn</v>
+        <v>James Bartley</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
         <v>33</v>
       </c>
+      <c r="G6">
+        <v>316276</v>
+      </c>
       <c r="H6" t="str">
-        <v>chainslayer92</v>
+        <v>bartley541</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
         <v>33</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>James Bartley</v>
+        <v>Brandon McMinn</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>33</v>
       </c>
       <c r="H7" t="str">
-        <v>bartley541</v>
+        <v>chainslayer92</v>
       </c>
       <c r="I7">
         <v>-1</v>
       </c>
       <c r="J7">
         <v>33</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">