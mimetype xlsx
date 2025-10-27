--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1464,208 +1464,211 @@
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v xml:space="preserve">Corbin Edwards </v>
+        <v>James Bartley</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="F13">
-        <v>52</v>
+        <v>47</v>
+      </c>
+      <c r="G13">
+        <v>316276</v>
       </c>
       <c r="H13" t="str">
-        <v>hiiicorfy</v>
+        <v>bartley541</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J13">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Iron Lung</v>
+        <v xml:space="preserve">Corbin Edwards </v>
       </c>
       <c r="E14">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="F14">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>ironlung</v>
+        <v>hiiicorfy</v>
       </c>
       <c r="I14">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="J14">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>James Bartley</v>
+        <v>Iron Lung</v>
       </c>
       <c r="E15">
         <v>-5</v>
       </c>
       <c r="F15">
         <v>47</v>
       </c>
       <c r="H15" t="str">
-        <v>bartley541</v>
+        <v>ironlung</v>
       </c>
       <c r="I15">
         <v>-5</v>
       </c>
       <c r="J15">
         <v>47</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>