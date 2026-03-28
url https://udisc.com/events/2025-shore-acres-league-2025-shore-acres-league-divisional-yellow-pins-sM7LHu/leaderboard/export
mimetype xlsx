--- v0 (2025-11-02)
+++ v1 (2026-03-28)
@@ -887,51 +887,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>DIV 1</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Ross Bosch</v>
       </c>
       <c r="E5">
         <v>-9</v>
       </c>
       <c r="F5">
         <v>63</v>
       </c>
       <c r="G5">
         <v>170001</v>
       </c>
       <c r="H5" t="str">
-        <v>rboschdiscgolf</v>
+        <v>rboschdg</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
       <c r="J5">
         <v>63</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>