--- v0 (2025-11-02)
+++ v1 (2026-03-28)
@@ -812,51 +812,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Ross Bosch</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>52</v>
       </c>
       <c r="G5">
         <v>170001</v>
       </c>
       <c r="H5" t="str">
-        <v>rboschdiscgolf</v>
+        <v>rboschdg</v>
       </c>
       <c r="I5">
         <v>-2</v>
       </c>
       <c r="J5">
         <v>52</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>