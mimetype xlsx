--- v0 (2026-01-25)
+++ v1 (2026-03-20)
@@ -485,437 +485,437 @@
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Alexander Sessler</v>
       </c>
       <c r="E2">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F2">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G2">
         <v>183912</v>
       </c>
       <c r="H2" t="str">
         <v>alexsessler</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K2">
         <v>30</v>
       </c>
       <c r="L2">
-        <v>21</v>
+        <v>32</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jürgen Disch</v>
       </c>
       <c r="E3">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="F3">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G3">
         <v>168407</v>
       </c>
       <c r="H3" t="str">
         <v>juergendisch</v>
       </c>
       <c r="I3">
         <v>-3</v>
       </c>
       <c r="J3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="K3">
         <v>33</v>
       </c>
       <c r="L3">
-        <v>19</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Nicola Affolter</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G4">
         <v>306108</v>
       </c>
       <c r="H4" t="str">
         <v>enareay</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>-3</v>
       </c>
       <c r="K4">
         <v>34</v>
       </c>
       <c r="L4">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Micha Bacher</v>
       </c>
       <c r="E5">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F5">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="H5" t="str">
         <v>amjaybac</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="K5">
         <v>32</v>
       </c>
       <c r="L5">
-        <v>24</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Christian Reinsch</v>
+        <v>Jonas Schwenke</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>212077</v>
+        <v>69</v>
       </c>
       <c r="H6" t="str">
-        <v>postdisco</v>
+        <v>joschwen</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J6">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K6">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="L6">
-        <v>27</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Henry Toth</v>
+        <v>Christian Reinsch</v>
       </c>
       <c r="E7">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="G7">
-        <v>286849</v>
+        <v>212077</v>
       </c>
       <c r="H7" t="str">
-        <v>henry97</v>
+        <v>postdisco</v>
       </c>
       <c r="I7">
+        <v>0</v>
+      </c>
+      <c r="J7">
         <v>-3</v>
       </c>
-      <c r="J7">
-[...1 lines deleted...]
-      </c>
       <c r="K7">
+        <v>36</v>
+      </c>
+      <c r="L7">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Jonas Schwenke</v>
+        <v>Thomas Witte</v>
       </c>
       <c r="E8">
+        <v>-3</v>
+      </c>
+      <c r="F8">
+        <v>69</v>
+      </c>
+      <c r="G8">
+        <v>173242</v>
+      </c>
+      <c r="H8" t="str">
+        <v>thömmes</v>
+      </c>
+      <c r="I8">
+        <v>-1</v>
+      </c>
+      <c r="J8">
         <v>-2</v>
       </c>
-      <c r="F8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="L8">
-        <v>27</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D9" t="str">
-        <v>Thomas Witte</v>
+        <v>Daniel</v>
       </c>
       <c r="E9">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F9">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>173242</v>
+        <v>69</v>
       </c>
       <c r="H9" t="str">
-        <v>thömmes</v>
+        <v>mrdomovoi</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="K9">
         <v>35</v>
       </c>
       <c r="L9">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Daniel</v>
+        <v>Steve Urtel</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H10" t="str">
-        <v>mrdomovoi</v>
+        <v>aggressteve</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>-1</v>
       </c>
       <c r="K10">
         <v>35</v>
       </c>
       <c r="L10">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Steve Urtel</v>
+        <v>Henry Toth</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
-        <v>64</v>
+        <v>70</v>
+      </c>
+      <c r="G11">
+        <v>286849</v>
       </c>
       <c r="H11" t="str">
-        <v>aggressteve</v>
+        <v>henry97</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="K11">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="L11">
-        <v>29</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Michael Knoll</v>
       </c>
       <c r="E12">
         <v>12</v>
       </c>
       <c r="F12">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H12" t="str">
         <v>mikeknoll</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>9</v>
       </c>
       <c r="K12">
         <v>39</v>
       </c>
       <c r="L12">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:V12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
@@ -1833,676 +1833,766 @@
       </c>
       <c r="T1" t="str">
         <v>hole_10</v>
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Alexander Sessler</v>
       </c>
       <c r="E2">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F2">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="G2">
         <v>183912</v>
       </c>
       <c r="H2" t="str">
         <v>alexsessler</v>
       </c>
       <c r="I2">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J2">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+      <c r="T2">
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jürgen Disch</v>
       </c>
       <c r="E3">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="F3">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="G3">
         <v>168407</v>
       </c>
       <c r="H3" t="str">
         <v>juergendisch</v>
       </c>
       <c r="I3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J3">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
+        <v>2</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Nicola Affolter</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G4">
         <v>306108</v>
       </c>
       <c r="H4" t="str">
         <v>enareay</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Micha Bacher</v>
       </c>
       <c r="E5">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F5">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="H5" t="str">
         <v>amjaybac</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J5">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+      <c r="T5">
+        <v>3</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>2</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Christian Reinsch</v>
+        <v>Jonas Schwenke</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>212077</v>
+        <v>69</v>
       </c>
       <c r="H6" t="str">
-        <v>postdisco</v>
+        <v>joschwen</v>
       </c>
       <c r="I6">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J6">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Henry Toth</v>
+        <v>Christian Reinsch</v>
       </c>
       <c r="E7">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F7">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="G7">
-        <v>286849</v>
+        <v>212077</v>
       </c>
       <c r="H7" t="str">
-        <v>henry97</v>
+        <v>postdisco</v>
       </c>
       <c r="I7">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="J7">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>2</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>3</v>
+      </c>
+      <c r="U7">
         <v>4</v>
       </c>
-      <c r="O7">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="V7">
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Jonas Schwenke</v>
+        <v>Thomas Witte</v>
       </c>
       <c r="E8">
+        <v>-3</v>
+      </c>
+      <c r="F8">
+        <v>69</v>
+      </c>
+      <c r="G8">
+        <v>173242</v>
+      </c>
+      <c r="H8" t="str">
+        <v>thömmes</v>
+      </c>
+      <c r="I8">
         <v>-2</v>
       </c>
-      <c r="F8">
-[...7 lines deleted...]
-      </c>
       <c r="J8">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D9" t="str">
-        <v>Thomas Witte</v>
+        <v>Daniel</v>
       </c>
       <c r="E9">
+        <v>-3</v>
+      </c>
+      <c r="F9">
+        <v>69</v>
+      </c>
+      <c r="H9" t="str">
+        <v>mrdomovoi</v>
+      </c>
+      <c r="I9">
         <v>-2</v>
       </c>
-      <c r="F9">
-[...10 lines deleted...]
-      </c>
       <c r="J9">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C10">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Daniel</v>
+        <v>Steve Urtel</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H10" t="str">
-        <v>mrdomovoi</v>
+        <v>aggressteve</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
-        <v>T6</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Steve Urtel</v>
+        <v>Henry Toth</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
-        <v>64</v>
+        <v>70</v>
+      </c>
+      <c r="G11">
+        <v>286849</v>
       </c>
       <c r="H11" t="str">
-        <v>aggressteve</v>
+        <v>henry97</v>
       </c>
       <c r="I11">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J11">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Michael Knoll</v>
       </c>
       <c r="E12">
         <v>12</v>
       </c>
       <c r="F12">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H12" t="str">
         <v>mikeknoll</v>
       </c>
       <c r="I12">
         <v>9</v>
       </c>
       <c r="J12">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>6</v>
       </c>
       <c r="O12">
         <v>5</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>5</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:V12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">