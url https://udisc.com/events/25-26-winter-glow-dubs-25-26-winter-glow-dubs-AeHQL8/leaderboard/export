--- v0 (2025-11-29)
+++ v1 (2025-12-19)
@@ -957,398 +957,416 @@
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Rheannon Fabrello &amp; David Griffin</v>
+        <v>Patrick Phelps 212510 &amp; Elijah Phelps</v>
       </c>
       <c r="E7">
         <v>-7</v>
       </c>
       <c r="F7">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="H7" t="str">
-        <v>eskimopie76,burlydave</v>
+        <v>sdboltz,eliboo</v>
       </c>
       <c r="I7">
         <v>-7</v>
       </c>
       <c r="J7">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>2</v>
+      </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Patrick Phelps 212510 &amp; Elijah Phelps</v>
+        <v>Seth Asing &amp; High Octane Wayne</v>
       </c>
       <c r="E8">
         <v>-7</v>
       </c>
       <c r="F8">
         <v>47</v>
       </c>
       <c r="H8" t="str">
-        <v>sdboltz,eliboo</v>
+        <v>nosoup4you,highoctanewayne</v>
       </c>
       <c r="I8">
         <v>-7</v>
       </c>
       <c r="J8">
         <v>47</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T6</v>
+        <v>T8</v>
       </c>
       <c r="C9">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Seth Asing &amp; High Octane Wayne</v>
+        <v>Jax Ratliff &amp; Thomas Voight</v>
       </c>
       <c r="E9">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F9">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H9" t="str">
-        <v>nosoup4you,highoctanewayne</v>
+        <v>gamerexpress30,tombotime</v>
       </c>
       <c r="I9">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J9">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Jax Ratliff &amp; Thomas Voight</v>
+        <v>Rheannon Fabrello &amp; David Griffin</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>48</v>
       </c>
       <c r="H10" t="str">
-        <v>gamerexpress30,tombotime</v>
+        <v>eskimopie76,burlydave</v>
       </c>
       <c r="I10">
         <v>-6</v>
       </c>
       <c r="J10">
         <v>48</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Selven christianson &amp; Marshal Morris </v>
       </c>
       <c r="E11">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F11">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="H11" t="str">
         <v>selven,marshalmorris</v>
       </c>
       <c r="I11">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J11">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>2</v>
       </c>
       <c r="U11">
         <v>2</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
@@ -1360,69 +1378,78 @@
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Kelly Allen  &amp; Ben Sternhagen</v>
       </c>
       <c r="E12">
         <v>-3</v>
       </c>
       <c r="F12">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="H12" t="str">
         <v>kallen907,benj1246</v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>2</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>