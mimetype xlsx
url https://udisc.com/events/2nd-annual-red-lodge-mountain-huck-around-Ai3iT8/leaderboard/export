--- v0 (2025-12-16)
+++ v1 (2026-03-10)
@@ -1381,283 +1381,286 @@
       </c>
       <c r="Y11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MENS</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Blaise Burton</v>
+        <v>Craig Benedict</v>
       </c>
       <c r="E12">
         <v>16</v>
       </c>
       <c r="F12">
         <v>72</v>
       </c>
+      <c r="G12">
+        <v>320076</v>
+      </c>
       <c r="H12" t="str">
-        <v>sburton32</v>
+        <v>craigchrist</v>
       </c>
       <c r="I12">
         <v>16</v>
       </c>
       <c r="J12">
         <v>72</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S12">
         <v>5</v>
       </c>
       <c r="T12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MENS</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Caden Vande Sandt</v>
+        <v>Blaise Burton</v>
       </c>
       <c r="E13">
         <v>16</v>
       </c>
       <c r="F13">
         <v>72</v>
       </c>
       <c r="H13" t="str">
-        <v>kingjulian27</v>
+        <v>sburton32</v>
       </c>
       <c r="I13">
         <v>16</v>
       </c>
       <c r="J13">
         <v>72</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MENS</v>
       </c>
       <c r="B14" t="str">
         <v>T11</v>
       </c>
       <c r="C14">
         <v>11</v>
       </c>
       <c r="D14" t="str">
-        <v>Craig Benedict</v>
+        <v>Caden Vande Sandt</v>
       </c>
       <c r="E14">
         <v>16</v>
       </c>
       <c r="F14">
         <v>72</v>
       </c>
       <c r="H14" t="str">
-        <v>craigchrist</v>
+        <v>kingjulian27</v>
       </c>
       <c r="I14">
         <v>16</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MENS</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Ryan Humphreys</v>
       </c>
       <c r="E15">
         <v>25</v>
       </c>
       <c r="F15">
         <v>81</v>
       </c>
       <c r="H15" t="str">
@@ -2131,179 +2134,182 @@
       </c>
       <c r="Y20">
         <v>5</v>
       </c>
       <c r="Z20">
         <v>5</v>
       </c>
       <c r="AA20">
         <v>5</v>
       </c>
       <c r="AB20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>SENIOR</v>
       </c>
       <c r="B21" t="str">
         <v>T1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
-        <v>Tim Heathcock</v>
+        <v>Tom Kohley</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
+      <c r="G21">
+        <v>298572</v>
+      </c>
       <c r="H21" t="str">
-        <v>mit1234</v>
+        <v>twkohley</v>
       </c>
       <c r="I21">
         <v>8</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>4</v>
       </c>
       <c r="X21">
         <v>4</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>SENIOR</v>
       </c>
       <c r="B22" t="str">
         <v>T1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
-        <v>Tom Kohley</v>
+        <v>Tim Heathcock</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>64</v>
       </c>
       <c r="H22" t="str">
-        <v>twkohley</v>
+        <v>mit1234</v>
       </c>
       <c r="I22">
         <v>8</v>
       </c>
       <c r="J22">
         <v>64</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
         <v>4</v>
       </c>
       <c r="Y22">
         <v>4</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>