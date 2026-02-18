--- v0 (2025-12-15)
+++ v1 (2026-02-18)
@@ -3011,50 +3011,53 @@
         <v>3</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA1</v>
       </c>
       <c r="B31" t="str">
         <v>19</v>
       </c>
       <c r="C31">
         <v>19</v>
       </c>
       <c r="D31" t="str">
         <v>Brandon Weeks</v>
       </c>
       <c r="E31">
         <v>9</v>
       </c>
       <c r="F31">
         <v>63</v>
       </c>
+      <c r="G31">
+        <v>317846</v>
+      </c>
       <c r="H31" t="str">
         <v>weeksbrandon</v>
       </c>
       <c r="I31">
         <v>9</v>
       </c>
       <c r="J31">
         <v>63</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>5</v>
       </c>
       <c r="P31">