--- v0 (2026-01-09)
+++ v1 (2026-02-18)
@@ -4013,50 +4013,53 @@
         <v>5</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA1</v>
       </c>
       <c r="B43" t="str">
         <v>31</v>
       </c>
       <c r="C43">
         <v>31</v>
       </c>
       <c r="D43" t="str">
         <v>Brandon Weeks</v>
       </c>
       <c r="E43">
         <v>9</v>
       </c>
       <c r="F43">
         <v>63</v>
       </c>
+      <c r="G43">
+        <v>317846</v>
+      </c>
       <c r="H43" t="str">
         <v>weeksbrandon</v>
       </c>
       <c r="I43">
         <v>9</v>
       </c>
       <c r="J43">
         <v>63</v>
       </c>
       <c r="K43">
         <v>4</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>6</v>
       </c>
       <c r="P43">