--- v0 (2025-12-15)
+++ v1 (2026-02-16)
@@ -503,86 +503,86 @@
       </c>
       <c r="L1" t="str">
         <v>round_2_total_score</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>LL</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Cookies N’ Cream</v>
       </c>
       <c r="E2">
         <v>-27</v>
       </c>
       <c r="F2">
         <v>87</v>
       </c>
       <c r="H2" t="str">
-        <v>tahern12,rstyron340</v>
+        <v>rstyron340,tahern12</v>
       </c>
       <c r="I2">
         <v>-12</v>
       </c>
       <c r="J2">
         <v>-15</v>
       </c>
       <c r="K2">
         <v>45</v>
       </c>
       <c r="L2">
         <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>LL</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Bad Mutha Chuckers</v>
       </c>
       <c r="E3">
         <v>-27</v>
       </c>
       <c r="F3">
         <v>87</v>
       </c>
       <c r="H3" t="str">
-        <v>mt4622,adamrogers</v>
+        <v>adamrogers,mt4622</v>
       </c>
       <c r="I3">
         <v>-13</v>
       </c>
       <c r="J3">
         <v>-14</v>
       </c>
       <c r="K3">
         <v>44</v>
       </c>
       <c r="L3">
         <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>LL</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
@@ -713,51 +713,51 @@
       </c>
       <c r="L7">
         <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>LL</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jokerz</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>108</v>
       </c>
       <c r="H8" t="str">
-        <v>bobbyt03,rattat74</v>
+        <v>rattat74,bobbyt03</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>-3</v>
       </c>
       <c r="K8">
         <v>54</v>
       </c>
       <c r="L8">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:L8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:L3"/>
   <sheetViews>
@@ -985,121 +985,121 @@
       </c>
       <c r="L2">
         <v>44</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>SS</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>His Disc Her Basket</v>
       </c>
       <c r="E3">
         <v>-23</v>
       </c>
       <c r="F3">
         <v>91</v>
       </c>
       <c r="H3" t="str">
-        <v>savagejag,sugurfoot</v>
+        <v>sugurfoot,savagejag</v>
       </c>
       <c r="I3">
         <v>-11</v>
       </c>
       <c r="J3">
         <v>-12</v>
       </c>
       <c r="K3">
         <v>46</v>
       </c>
       <c r="L3">
         <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>SS</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Kitchen Towel</v>
       </c>
       <c r="E4">
         <v>-22</v>
       </c>
       <c r="F4">
         <v>92</v>
       </c>
       <c r="H4" t="str">
-        <v>glarff,mbrady</v>
+        <v>mbrady,glarff</v>
       </c>
       <c r="I4">
         <v>-12</v>
       </c>
       <c r="J4">
         <v>-10</v>
       </c>
       <c r="K4">
         <v>45</v>
       </c>
       <c r="L4">
         <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>SS</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Sweatin’ &amp; Regrettin’</v>
       </c>
       <c r="E5">
         <v>-20</v>
       </c>
       <c r="F5">
         <v>94</v>
       </c>
       <c r="H5" t="str">
-        <v>gatorguy69,daveb61</v>
+        <v>daveb61,gatorguy69</v>
       </c>
       <c r="I5">
         <v>-11</v>
       </c>
       <c r="J5">
         <v>-9</v>
       </c>
       <c r="K5">
         <v>46</v>
       </c>
       <c r="L5">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>SS</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
@@ -1230,86 +1230,86 @@
       </c>
       <c r="L9">
         <v>47</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>SS</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Babysitting the TODDler</v>
       </c>
       <c r="E10">
         <v>-15</v>
       </c>
       <c r="F10">
         <v>99</v>
       </c>
       <c r="H10" t="str">
-        <v>turo24,jakefrsf</v>
+        <v>jakefrsf,turo24</v>
       </c>
       <c r="I10">
         <v>-10</v>
       </c>
       <c r="J10">
         <v>-5</v>
       </c>
       <c r="K10">
         <v>47</v>
       </c>
       <c r="L10">
         <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>SS</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Big Aces</v>
       </c>
       <c r="E11">
         <v>-13</v>
       </c>
       <c r="F11">
         <v>101</v>
       </c>
       <c r="H11" t="str">
-        <v>dyeoman,littleice</v>
+        <v>littleice,dyeoman</v>
       </c>
       <c r="I11">
         <v>-9</v>
       </c>
       <c r="J11">
         <v>-4</v>
       </c>
       <c r="K11">
         <v>48</v>
       </c>
       <c r="L11">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>SS</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
@@ -1335,51 +1335,51 @@
       </c>
       <c r="L12">
         <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>SS</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Ace in the Beans</v>
       </c>
       <c r="E13">
         <v>-6</v>
       </c>
       <c r="F13">
         <v>108</v>
       </c>
       <c r="H13" t="str">
-        <v>plaandrew,anthony2toeknee</v>
+        <v>anthony2toeknee,plaandrew</v>
       </c>
       <c r="I13">
         <v>-5</v>
       </c>
       <c r="J13">
         <v>-1</v>
       </c>
       <c r="K13">
         <v>52</v>
       </c>
       <c r="L13">
         <v>56</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>SS</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
@@ -1707,51 +1707,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>LL</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Bad Mutha Chuckers</v>
       </c>
       <c r="E2">
         <v>-13</v>
       </c>
       <c r="F2">
         <v>44</v>
       </c>
       <c r="H2" t="str">
-        <v>mt4622,adamrogers</v>
+        <v>adamrogers,mt4622</v>
       </c>
       <c r="I2">
         <v>-13</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -1790,51 +1790,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>LL</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Cookies N’ Cream</v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>45</v>
       </c>
       <c r="H3" t="str">
-        <v>tahern12,rstyron340</v>
+        <v>rstyron340,tahern12</v>
       </c>
       <c r="I3">
         <v>-12</v>
       </c>
       <c r="J3">
         <v>45</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -2205,51 +2205,51 @@
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>LL</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jokerz</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="H8" t="str">
-        <v>bobbyt03,rattat74</v>
+        <v>rattat74,bobbyt03</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -2418,51 +2418,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>LL</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Cookies N’ Cream</v>
       </c>
       <c r="E2">
         <v>-27</v>
       </c>
       <c r="F2">
         <v>87</v>
       </c>
       <c r="H2" t="str">
-        <v>tahern12,rstyron340</v>
+        <v>rstyron340,tahern12</v>
       </c>
       <c r="I2">
         <v>-15</v>
       </c>
       <c r="J2">
         <v>42</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -2501,51 +2501,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>LL</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Bad Mutha Chuckers</v>
       </c>
       <c r="E3">
         <v>-27</v>
       </c>
       <c r="F3">
         <v>87</v>
       </c>
       <c r="H3" t="str">
-        <v>mt4622,adamrogers</v>
+        <v>adamrogers,mt4622</v>
       </c>
       <c r="I3">
         <v>-14</v>
       </c>
       <c r="J3">
         <v>43</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -2916,51 +2916,51 @@
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>LL</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Jokerz</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>108</v>
       </c>
       <c r="H8" t="str">
-        <v>bobbyt03,rattat74</v>
+        <v>rattat74,bobbyt03</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -3804,51 +3804,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>SS</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Kitchen Towel</v>
       </c>
       <c r="E3">
         <v>-12</v>
       </c>
       <c r="F3">
         <v>45</v>
       </c>
       <c r="H3" t="str">
-        <v>glarff,mbrady</v>
+        <v>mbrady,glarff</v>
       </c>
       <c r="I3">
         <v>-12</v>
       </c>
       <c r="J3">
         <v>45</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -3887,51 +3887,51 @@
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>SS</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>His Disc Her Basket</v>
       </c>
       <c r="E4">
         <v>-11</v>
       </c>
       <c r="F4">
         <v>46</v>
       </c>
       <c r="H4" t="str">
-        <v>savagejag,sugurfoot</v>
+        <v>sugurfoot,savagejag</v>
       </c>
       <c r="I4">
         <v>-11</v>
       </c>
       <c r="J4">
         <v>46</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -3970,51 +3970,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>SS</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Sweatin’ &amp; Regrettin’</v>
       </c>
       <c r="E5">
         <v>-11</v>
       </c>
       <c r="F5">
         <v>46</v>
       </c>
       <c r="H5" t="str">
-        <v>gatorguy69,daveb61</v>
+        <v>daveb61,gatorguy69</v>
       </c>
       <c r="I5">
         <v>-11</v>
       </c>
       <c r="J5">
         <v>46</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -4053,51 +4053,51 @@
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>SS</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Babysitting the TODDler</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>turo24,jakefrsf</v>
+        <v>jakefrsf,turo24</v>
       </c>
       <c r="I6">
         <v>-10</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
@@ -4136,51 +4136,51 @@
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>SS</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Big Aces</v>
       </c>
       <c r="E7">
         <v>-9</v>
       </c>
       <c r="F7">
         <v>48</v>
       </c>
       <c r="H7" t="str">
-        <v>dyeoman,littleice</v>
+        <v>littleice,dyeoman</v>
       </c>
       <c r="I7">
         <v>-9</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
@@ -4468,51 +4468,51 @@
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>SS</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Ace in the Beans</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
       <c r="H11" t="str">
-        <v>plaandrew,anthony2toeknee</v>
+        <v>anthony2toeknee,plaandrew</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -5428,51 +5428,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>SS</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>His Disc Her Basket</v>
       </c>
       <c r="E3">
         <v>-23</v>
       </c>
       <c r="F3">
         <v>91</v>
       </c>
       <c r="H3" t="str">
-        <v>savagejag,sugurfoot</v>
+        <v>sugurfoot,savagejag</v>
       </c>
       <c r="I3">
         <v>-12</v>
       </c>
       <c r="J3">
         <v>45</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -5511,51 +5511,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>SS</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Kitchen Towel</v>
       </c>
       <c r="E4">
         <v>-22</v>
       </c>
       <c r="F4">
         <v>92</v>
       </c>
       <c r="H4" t="str">
-        <v>glarff,mbrady</v>
+        <v>mbrady,glarff</v>
       </c>
       <c r="I4">
         <v>-10</v>
       </c>
       <c r="J4">
         <v>47</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -5594,51 +5594,51 @@
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>SS</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Sweatin’ &amp; Regrettin’</v>
       </c>
       <c r="E5">
         <v>-20</v>
       </c>
       <c r="F5">
         <v>94</v>
       </c>
       <c r="H5" t="str">
-        <v>gatorguy69,daveb61</v>
+        <v>daveb61,gatorguy69</v>
       </c>
       <c r="I5">
         <v>-9</v>
       </c>
       <c r="J5">
         <v>48</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -6009,51 +6009,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>SS</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Babysitting the TODDler</v>
       </c>
       <c r="E10">
         <v>-15</v>
       </c>
       <c r="F10">
         <v>99</v>
       </c>
       <c r="H10" t="str">
-        <v>turo24,jakefrsf</v>
+        <v>jakefrsf,turo24</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>52</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -6092,51 +6092,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>SS</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Big Aces</v>
       </c>
       <c r="E11">
         <v>-13</v>
       </c>
       <c r="F11">
         <v>101</v>
       </c>
       <c r="H11" t="str">
-        <v>dyeoman,littleice</v>
+        <v>littleice,dyeoman</v>
       </c>
       <c r="I11">
         <v>-4</v>
       </c>
       <c r="J11">
         <v>53</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -6258,51 +6258,51 @@
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>SS</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Ace in the Beans</v>
       </c>
       <c r="E13">
         <v>-6</v>
       </c>
       <c r="F13">
         <v>108</v>
       </c>
       <c r="H13" t="str">
-        <v>plaandrew,anthony2toeknee</v>
+        <v>anthony2toeknee,plaandrew</v>
       </c>
       <c r="I13">
         <v>-1</v>
       </c>
       <c r="J13">
         <v>56</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>