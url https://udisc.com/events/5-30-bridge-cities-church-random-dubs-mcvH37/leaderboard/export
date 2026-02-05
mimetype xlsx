--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -1182,51 +1182,51 @@
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Corey Anderson &amp; Noah Hammel-Elder</v>
       </c>
       <c r="E9">
         <v>-8</v>
       </c>
       <c r="F9">
         <v>52</v>
       </c>
       <c r="H9" t="str">
-        <v>noahelder30,amazingcorey</v>
+        <v>noahelder30,corpsmanrn</v>
       </c>
       <c r="I9">
         <v>-8</v>
       </c>
       <c r="J9">
         <v>52</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
@@ -1360,51 +1360,51 @@
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Eric Ruiz &amp; Danielle Broege</v>
       </c>
       <c r="E11">
         <v>-6</v>
       </c>
       <c r="F11">
         <v>54</v>
       </c>
       <c r="H11" t="str">
-        <v>ericruiz,dani16482</v>
+        <v>ericruiz,dnadg95</v>
       </c>
       <c r="I11">
         <v>-6</v>
       </c>
       <c r="J11">
         <v>54</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>