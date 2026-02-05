--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Antonio Diazdeleon &amp; Dawson Snelling</v>
       </c>
       <c r="E2">
         <v>-16</v>
       </c>
       <c r="F2">
         <v>42</v>
       </c>
       <c r="H2" t="str">
-        <v>diaz94,dawson45739</v>
+        <v>dnadg94,dawson45739</v>
       </c>
       <c r="I2">
         <v>-16</v>
       </c>
       <c r="J2">
         <v>42</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Danielle Broege</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
         <v>57</v>
       </c>
       <c r="H6" t="str">
-        <v>dani16482</v>
+        <v>dnadg95</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
         <v>57</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>