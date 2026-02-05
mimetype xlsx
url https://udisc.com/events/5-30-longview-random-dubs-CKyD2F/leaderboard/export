--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Nicklaus Snelling &amp; Antonio Diazdeleon</v>
       </c>
       <c r="E5">
         <v>-14</v>
       </c>
       <c r="F5">
         <v>41</v>
       </c>
       <c r="H5" t="str">
-        <v>snelling1,diaz94</v>
+        <v>snelling1,dnadg94</v>
       </c>
       <c r="I5">
         <v>-14</v>
       </c>
       <c r="J5">
         <v>41</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -966,51 +966,51 @@
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Danielle Broege &amp; Benton Lindquist</v>
       </c>
       <c r="E7">
         <v>-6</v>
       </c>
       <c r="F7">
         <v>49</v>
       </c>
       <c r="H7" t="str">
-        <v>docquest,dani16482</v>
+        <v>docquest,dnadg95</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>49</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>