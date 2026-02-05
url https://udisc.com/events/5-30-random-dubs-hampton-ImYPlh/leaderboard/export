--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Antonio Diazdeleon &amp; Nate Harjes</v>
       </c>
       <c r="E5">
         <v>-13</v>
       </c>
       <c r="F5">
         <v>43</v>
       </c>
       <c r="H5" t="str">
-        <v>nharjes311761,diaz94</v>
+        <v>nharjes311761,dnadg94</v>
       </c>
       <c r="I5">
         <v>-13</v>
       </c>
       <c r="J5">
         <v>43</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Dan Zehr &amp; Danielle Broege</v>
       </c>
       <c r="E6">
         <v>-9</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>danzer,dani16482</v>
+        <v>danzer,dnadg95</v>
       </c>
       <c r="I6">
         <v>-9</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>