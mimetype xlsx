--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18(6)</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Antonio Diazdeleon</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>40</v>
       </c>
       <c r="H2" t="str">
-        <v>diaz94</v>
+        <v>dnadg94</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>40</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Alex Anderson &amp; Corey Anderson</v>
       </c>
       <c r="E4">
         <v>-13</v>
       </c>
       <c r="F4">
         <v>41</v>
       </c>
       <c r="H4" t="str">
-        <v>alex51894,amazingcorey</v>
+        <v>alex51894,corpsmanrn</v>
       </c>
       <c r="I4">
         <v>-13</v>
       </c>
       <c r="J4">
         <v>41</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Andrew Brown &amp; Danielle Broege</v>
       </c>
       <c r="E6">
         <v>-7</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>dani16482,andrewbrown4444</v>
+        <v>dnadg95,andrewbrown4444</v>
       </c>
       <c r="I6">
         <v>-7</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>