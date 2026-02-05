--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Corey Anderson &amp; Jeremy Orey</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="H3" t="str">
-        <v>osepjudoka,amazingcorey</v>
+        <v>osepjudoka,corpsmanrn</v>
       </c>
       <c r="I3">
         <v>-5</v>
       </c>
       <c r="J3">
         <v>50</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>