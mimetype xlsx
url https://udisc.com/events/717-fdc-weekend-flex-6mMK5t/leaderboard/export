--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1573,50 +1573,53 @@
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>3</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E14">
         <v>7</v>
       </c>
       <c r="F14">
         <v>76</v>
       </c>
+      <c r="G14">
+        <v>294592</v>
+      </c>
       <c r="H14" t="str">
         <v>swadel</v>
       </c>
       <c r="I14">
         <v>7</v>
       </c>
       <c r="J14">
         <v>76</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">