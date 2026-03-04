--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -1491,51 +1491,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>2</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>72</v>
       </c>
       <c r="G13">
         <v>279494</v>
       </c>
       <c r="H13" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>72</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>5</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>