--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2922,50 +2922,53 @@
         <v>4</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>14</v>
       </c>
       <c r="C30">
         <v>14</v>
       </c>
       <c r="D30" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E30">
         <v>8</v>
       </c>
       <c r="F30">
         <v>63</v>
       </c>
+      <c r="G30">
+        <v>294592</v>
+      </c>
       <c r="H30" t="str">
         <v>swadel</v>
       </c>
       <c r="I30">
         <v>8</v>
       </c>
       <c r="J30">
         <v>63</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>5</v>
       </c>
       <c r="N30">
         <v>4</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
@@ -4178,50 +4181,53 @@
       <c r="AA44">
         <v>4</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA4</v>
       </c>
       <c r="B45" t="str">
         <v>13</v>
       </c>
       <c r="C45">
         <v>13</v>
       </c>
       <c r="D45" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E45">
         <v>21</v>
       </c>
       <c r="F45">
         <v>76</v>
+      </c>
+      <c r="G45">
+        <v>317693</v>
       </c>
       <c r="H45" t="str">
         <v>captco16</v>
       </c>
       <c r="I45">
         <v>21</v>
       </c>
       <c r="J45">
         <v>76</v>
       </c>
       <c r="K45">
         <v>4</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
         <v>5</v>
       </c>
       <c r="N45">
         <v>5</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>