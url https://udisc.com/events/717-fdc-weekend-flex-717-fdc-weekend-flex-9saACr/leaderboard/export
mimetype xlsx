--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2341,50 +2341,53 @@
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>T2</v>
       </c>
       <c r="C23">
         <v>2</v>
       </c>
       <c r="D23" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E23">
         <v>4</v>
       </c>
       <c r="F23">
         <v>59</v>
       </c>
+      <c r="G23">
+        <v>294592</v>
+      </c>
       <c r="H23" t="str">
         <v>swadel</v>
       </c>
       <c r="I23">
         <v>4</v>
       </c>
       <c r="J23">
         <v>59</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>6</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
@@ -5533,50 +5536,53 @@
       <c r="AA60">
         <v>5</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>MA4</v>
       </c>
       <c r="B61" t="str">
         <v>14</v>
       </c>
       <c r="C61">
         <v>14</v>
       </c>
       <c r="D61" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E61">
         <v>29</v>
       </c>
       <c r="F61">
         <v>84</v>
+      </c>
+      <c r="G61">
+        <v>317693</v>
       </c>
       <c r="H61" t="str">
         <v>captco16</v>
       </c>
       <c r="I61">
         <v>29</v>
       </c>
       <c r="J61">
         <v>84</v>
       </c>
       <c r="K61">
         <v>5</v>
       </c>
       <c r="L61">
         <v>4</v>
       </c>
       <c r="M61">
         <v>5</v>
       </c>
       <c r="N61">
         <v>7</v>
       </c>
       <c r="O61">
         <v>4</v>
       </c>