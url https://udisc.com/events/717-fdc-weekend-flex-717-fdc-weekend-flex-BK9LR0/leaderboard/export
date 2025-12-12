--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2576,283 +2576,286 @@
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>2</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>T9</v>
       </c>
       <c r="C26">
         <v>9</v>
       </c>
       <c r="D26" t="str">
-        <v>Hannah Allen</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>55</v>
       </c>
+      <c r="G26">
+        <v>294592</v>
+      </c>
       <c r="H26" t="str">
-        <v>habishhh</v>
+        <v>swadel</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>55</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>2</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T9</v>
       </c>
       <c r="C27">
         <v>9</v>
       </c>
       <c r="D27" t="str">
-        <v>Philip Snitzer</v>
+        <v>Hannah Allen</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>55</v>
       </c>
       <c r="H27" t="str">
-        <v>philipsnitzer</v>
+        <v>habishhh</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>55</v>
       </c>
       <c r="K27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>T9</v>
       </c>
       <c r="C28">
         <v>9</v>
       </c>
       <c r="D28" t="str">
-        <v>Seth Wadel</v>
+        <v>Philip Snitzer</v>
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
         <v>55</v>
       </c>
       <c r="H28" t="str">
-        <v>swadel</v>
+        <v>philipsnitzer</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>55</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>3</v>
+      </c>
+      <c r="O28">
+        <v>2</v>
+      </c>
+      <c r="P28">
+        <v>4</v>
+      </c>
+      <c r="Q28">
+        <v>2</v>
+      </c>
+      <c r="R28">
+        <v>2</v>
+      </c>
+      <c r="S28">
+        <v>2</v>
+      </c>
+      <c r="T28">
+        <v>3</v>
+      </c>
+      <c r="U28">
+        <v>3</v>
+      </c>
+      <c r="V28">
+        <v>3</v>
+      </c>
+      <c r="W28">
+        <v>4</v>
+      </c>
+      <c r="X28">
+        <v>2</v>
+      </c>
+      <c r="Y28">
         <v>5</v>
       </c>
-      <c r="M28">
-[...37 lines deleted...]
-      </c>
       <c r="Z28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T13</v>
       </c>
       <c r="C29">
         <v>13</v>
       </c>
       <c r="D29" t="str">
         <v>Dominic Rohr</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>56</v>
       </c>
       <c r="G29">