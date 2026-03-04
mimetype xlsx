--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -2250,51 +2250,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>T6</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
       <c r="D22" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E22">
         <v>-2</v>
       </c>
       <c r="F22">
         <v>53</v>
       </c>
       <c r="G22">
         <v>279494</v>
       </c>
       <c r="H22" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I22">
         <v>-2</v>
       </c>
       <c r="J22">
         <v>53</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>