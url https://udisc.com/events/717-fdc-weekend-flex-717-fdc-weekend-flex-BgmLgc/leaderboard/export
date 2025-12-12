--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2493,286 +2493,289 @@
       </c>
       <c r="Y24">
         <v>5</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>T9</v>
       </c>
       <c r="C25">
         <v>9</v>
       </c>
       <c r="D25" t="str">
-        <v>Giovanni Natale</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
         <v>64</v>
       </c>
+      <c r="G25">
+        <v>294592</v>
+      </c>
       <c r="H25" t="str">
-        <v>gionat</v>
+        <v>swadel</v>
       </c>
       <c r="I25">
         <v>8</v>
       </c>
       <c r="J25">
         <v>64</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>T9</v>
       </c>
       <c r="C26">
         <v>9</v>
       </c>
       <c r="D26" t="str">
-        <v>Johnny Karroll</v>
+        <v>Giovanni Natale</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>64</v>
       </c>
       <c r="H26" t="str">
-        <v>jkarro24</v>
+        <v>gionat</v>
       </c>
       <c r="I26">
         <v>8</v>
       </c>
       <c r="J26">
         <v>64</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T9</v>
       </c>
       <c r="C27">
         <v>9</v>
       </c>
       <c r="D27" t="str">
-        <v>Seth Wadel</v>
+        <v>Johnny Karroll</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>64</v>
       </c>
       <c r="H27" t="str">
-        <v>swadel</v>
+        <v>jkarro24</v>
       </c>
       <c r="I27">
         <v>8</v>
       </c>
       <c r="J27">
         <v>64</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>4</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P27">
         <v>5</v>
       </c>
       <c r="Q27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
         <v>2</v>
       </c>
       <c r="T27">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
         <v>3</v>
       </c>
       <c r="Y27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>T9</v>
       </c>
       <c r="C28">
         <v>9</v>
       </c>
       <c r="D28" t="str">
         <v>Steve Pierce</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>64</v>
       </c>
       <c r="H28" t="str">
         <v>mbaiter</v>
       </c>
       <c r="I28">
@@ -5192,50 +5195,53 @@
       <c r="AA56">
         <v>5</v>
       </c>
       <c r="AB56">
         <v>7</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>MA4</v>
       </c>
       <c r="B57" t="str">
         <v>18</v>
       </c>
       <c r="C57">
         <v>18</v>
       </c>
       <c r="D57" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E57">
         <v>28</v>
       </c>
       <c r="F57">
         <v>84</v>
+      </c>
+      <c r="G57">
+        <v>317693</v>
       </c>
       <c r="H57" t="str">
         <v>captco16</v>
       </c>
       <c r="I57">
         <v>28</v>
       </c>
       <c r="J57">
         <v>84</v>
       </c>
       <c r="K57">
         <v>4</v>
       </c>
       <c r="L57">
         <v>5</v>
       </c>
       <c r="M57">
         <v>5</v>
       </c>
       <c r="N57">
         <v>6</v>
       </c>
       <c r="O57">
         <v>5</v>
       </c>