--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -4646,50 +4646,53 @@
         <v>5</v>
       </c>
       <c r="AT30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>12</v>
       </c>
       <c r="C31">
         <v>12</v>
       </c>
       <c r="D31" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31">
         <v>115</v>
       </c>
+      <c r="G31">
+        <v>294592</v>
+      </c>
       <c r="H31" t="str">
         <v>swadel</v>
       </c>
       <c r="I31">
         <v>6</v>
       </c>
       <c r="J31">
         <v>115</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
       <c r="P31">
@@ -6935,50 +6938,53 @@
       <c r="AS47">
         <v>5</v>
       </c>
       <c r="AT47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA4</v>
       </c>
       <c r="B48" t="str">
         <v>11</v>
       </c>
       <c r="C48">
         <v>11</v>
       </c>
       <c r="D48" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E48">
         <v>16</v>
       </c>
       <c r="F48">
         <v>125</v>
+      </c>
+      <c r="G48">
+        <v>317693</v>
       </c>
       <c r="H48" t="str">
         <v>captco16</v>
       </c>
       <c r="I48">
         <v>16</v>
       </c>
       <c r="J48">
         <v>125</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48">
         <v>2</v>
       </c>
       <c r="M48">
         <v>4</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>