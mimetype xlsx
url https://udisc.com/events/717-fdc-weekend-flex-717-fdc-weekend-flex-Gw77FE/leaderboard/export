--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2329,50 +2329,53 @@
         <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>9</v>
       </c>
       <c r="C23">
         <v>9</v>
       </c>
       <c r="D23" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E23">
         <v>18</v>
       </c>
       <c r="F23">
         <v>75</v>
       </c>
+      <c r="G23">
+        <v>294592</v>
+      </c>
       <c r="H23" t="str">
         <v>swadel</v>
       </c>
       <c r="I23">
         <v>18</v>
       </c>
       <c r="J23">
         <v>75</v>
       </c>
       <c r="K23">
         <v>5</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">