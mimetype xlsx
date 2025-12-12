--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2169,50 +2169,53 @@
         <v>5</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>3</v>
       </c>
       <c r="C21">
         <v>3</v>
       </c>
       <c r="D21" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E21">
         <v>-2</v>
       </c>
       <c r="F21">
         <v>53</v>
       </c>
+      <c r="G21">
+        <v>294592</v>
+      </c>
       <c r="H21" t="str">
         <v>swadel</v>
       </c>
       <c r="I21">
         <v>-2</v>
       </c>
       <c r="J21">
         <v>53</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
@@ -4433,50 +4436,53 @@
       <c r="AA47">
         <v>7</v>
       </c>
       <c r="AB47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA4</v>
       </c>
       <c r="B48" t="str">
         <v>T5</v>
       </c>
       <c r="C48">
         <v>5</v>
       </c>
       <c r="D48" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E48">
         <v>7</v>
       </c>
       <c r="F48">
         <v>62</v>
+      </c>
+      <c r="G48">
+        <v>317693</v>
       </c>
       <c r="H48" t="str">
         <v>captco16</v>
       </c>
       <c r="I48">
         <v>7</v>
       </c>
       <c r="J48">
         <v>62</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>