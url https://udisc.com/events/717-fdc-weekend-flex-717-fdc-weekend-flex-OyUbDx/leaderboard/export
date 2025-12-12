--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -3258,50 +3258,53 @@
         <v>5</v>
       </c>
       <c r="AT20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>12</v>
       </c>
       <c r="C21">
         <v>12</v>
       </c>
       <c r="D21" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E21">
         <v>12</v>
       </c>
       <c r="F21">
         <v>121</v>
       </c>
+      <c r="G21">
+        <v>294592</v>
+      </c>
       <c r="H21" t="str">
         <v>swadel</v>
       </c>
       <c r="I21">
         <v>12</v>
       </c>
       <c r="J21">
         <v>121</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">