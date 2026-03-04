--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -1880,51 +1880,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>2</v>
       </c>
       <c r="C11">
         <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E11">
         <v>-9</v>
       </c>
       <c r="F11">
         <v>100</v>
       </c>
       <c r="G11">
         <v>279494</v>
       </c>
       <c r="H11" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I11">
         <v>-9</v>
       </c>
       <c r="J11">
         <v>100</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>1</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>