--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2762,50 +2762,53 @@
         <v>6</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>8</v>
       </c>
       <c r="C28">
         <v>8</v>
       </c>
       <c r="D28" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E28">
         <v>13</v>
       </c>
       <c r="F28">
         <v>71</v>
       </c>
+      <c r="G28">
+        <v>294592</v>
+      </c>
       <c r="H28" t="str">
         <v>swadel</v>
       </c>
       <c r="I28">
         <v>13</v>
       </c>
       <c r="J28">
         <v>71</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>5</v>
       </c>
       <c r="M28">
         <v>5</v>
       </c>
       <c r="N28">
         <v>5</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
@@ -5112,50 +5115,53 @@
       <c r="AA55">
         <v>5</v>
       </c>
       <c r="AB55">
         <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>MA4</v>
       </c>
       <c r="B56" t="str">
         <v>11</v>
       </c>
       <c r="C56">
         <v>11</v>
       </c>
       <c r="D56" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E56">
         <v>36</v>
       </c>
       <c r="F56">
         <v>94</v>
+      </c>
+      <c r="G56">
+        <v>317693</v>
       </c>
       <c r="H56" t="str">
         <v>captco16</v>
       </c>
       <c r="I56">
         <v>36</v>
       </c>
       <c r="J56">
         <v>94</v>
       </c>
       <c r="K56">
         <v>5</v>
       </c>
       <c r="L56">
         <v>6</v>
       </c>
       <c r="M56">
         <v>6</v>
       </c>
       <c r="N56">
         <v>6</v>
       </c>
       <c r="O56">
         <v>5</v>
       </c>