--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -2851,51 +2851,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E18">
         <v>-10</v>
       </c>
       <c r="F18">
         <v>99</v>
       </c>
       <c r="G18">
         <v>279494</v>
       </c>
       <c r="H18" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I18">
         <v>-10</v>
       </c>
       <c r="J18">
         <v>99</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
@@ -3537,50 +3537,53 @@
       <c r="AS22">
         <v>4</v>
       </c>
       <c r="AT22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>7</v>
       </c>
       <c r="C23">
         <v>7</v>
       </c>
       <c r="D23" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E23">
         <v>-1</v>
       </c>
       <c r="F23">
         <v>108</v>
+      </c>
+      <c r="G23">
+        <v>294592</v>
       </c>
       <c r="H23" t="str">
         <v>swadel</v>
       </c>
       <c r="I23">
         <v>-1</v>
       </c>
       <c r="J23">
         <v>108</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>