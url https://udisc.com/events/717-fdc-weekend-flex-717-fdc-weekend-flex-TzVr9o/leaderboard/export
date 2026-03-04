--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -2336,51 +2336,51 @@
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA3</v>
       </c>
       <c r="B23" t="str">
         <v>T8</v>
       </c>
       <c r="C23">
         <v>8</v>
       </c>
       <c r="D23" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E23">
         <v>7</v>
       </c>
       <c r="F23">
         <v>63</v>
       </c>
       <c r="G23">
         <v>279494</v>
       </c>
       <c r="H23" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I23">
         <v>7</v>
       </c>
       <c r="J23">
         <v>63</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>4</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
@@ -2825,203 +2825,206 @@
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>5</v>
       </c>
       <c r="AA28">
         <v>4</v>
       </c>
       <c r="AB28">
         <v>5</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T14</v>
       </c>
       <c r="C29">
         <v>14</v>
       </c>
       <c r="D29" t="str">
-        <v>Bryan Stitely</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E29">
         <v>11</v>
       </c>
       <c r="F29">
         <v>67</v>
       </c>
+      <c r="G29">
+        <v>294592</v>
+      </c>
       <c r="H29" t="str">
-        <v>bryanstitely</v>
+        <v>swadel</v>
       </c>
       <c r="I29">
         <v>11</v>
       </c>
       <c r="J29">
         <v>67</v>
       </c>
       <c r="K29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P29">
         <v>4</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R29">
         <v>4</v>
       </c>
       <c r="S29">
         <v>3</v>
       </c>
       <c r="T29">
         <v>4</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>4</v>
       </c>
       <c r="Z29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T14</v>
       </c>
       <c r="C30">
         <v>14</v>
       </c>
       <c r="D30" t="str">
-        <v>Seth Wadel</v>
+        <v>Bryan Stitely</v>
       </c>
       <c r="E30">
         <v>11</v>
       </c>
       <c r="F30">
         <v>67</v>
       </c>
       <c r="H30" t="str">
-        <v>swadel</v>
+        <v>bryanstitely</v>
       </c>
       <c r="I30">
         <v>11</v>
       </c>
       <c r="J30">
         <v>67</v>
       </c>
       <c r="K30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M30">
         <v>4</v>
       </c>
       <c r="N30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P30">
         <v>4</v>
       </c>
       <c r="Q30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R30">
         <v>4</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
         <v>4</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
         <v>3</v>
       </c>
       <c r="W30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>4</v>
       </c>
       <c r="Z30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB30">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>16</v>
       </c>
       <c r="C31">
         <v>16</v>
       </c>
       <c r="D31" t="str">
         <v>Kris Nigh</v>
       </c>
       <c r="E31">
         <v>12</v>
       </c>
       <c r="F31">
         <v>68</v>
       </c>
       <c r="G31">
         <v>263527</v>
       </c>
       <c r="H31" t="str">
@@ -4424,50 +4427,53 @@
       <c r="AA47">
         <v>4</v>
       </c>
       <c r="AB47">
         <v>5</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA4</v>
       </c>
       <c r="B48" t="str">
         <v>11</v>
       </c>
       <c r="C48">
         <v>11</v>
       </c>
       <c r="D48" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E48">
         <v>14</v>
       </c>
       <c r="F48">
         <v>70</v>
+      </c>
+      <c r="G48">
+        <v>317693</v>
       </c>
       <c r="H48" t="str">
         <v>captco16</v>
       </c>
       <c r="I48">
         <v>14</v>
       </c>
       <c r="J48">
         <v>70</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
         <v>4</v>
       </c>
       <c r="N48">
         <v>4</v>
       </c>
       <c r="O48">
         <v>4</v>
       </c>