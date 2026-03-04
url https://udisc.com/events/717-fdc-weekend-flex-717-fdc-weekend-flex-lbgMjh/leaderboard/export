--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1915,51 +1915,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>T1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E18">
         <v>-5</v>
       </c>
       <c r="F18">
         <v>49</v>
       </c>
       <c r="G18">
         <v>279494</v>
       </c>
       <c r="H18" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I18">
         <v>-5</v>
       </c>
       <c r="J18">
         <v>49</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
@@ -2407,369 +2407,372 @@
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
         <v>2</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>T7</v>
       </c>
       <c r="C24">
         <v>7</v>
       </c>
       <c r="D24" t="str">
-        <v>Austin Michali</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E24">
         <v>-3</v>
       </c>
       <c r="F24">
         <v>51</v>
       </c>
       <c r="G24">
-        <v>304994</v>
+        <v>294592</v>
       </c>
       <c r="H24" t="str">
-        <v>austintm8</v>
+        <v>swadel</v>
       </c>
       <c r="I24">
         <v>-3</v>
       </c>
       <c r="J24">
         <v>51</v>
       </c>
       <c r="K24">
         <v>2</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
         <v>2</v>
       </c>
       <c r="Y24">
         <v>2</v>
       </c>
       <c r="Z24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA24">
         <v>2</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>T7</v>
       </c>
       <c r="C25">
         <v>7</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Frank Robinson </v>
+        <v>Austin Michali</v>
       </c>
       <c r="E25">
         <v>-3</v>
       </c>
       <c r="F25">
         <v>51</v>
       </c>
+      <c r="G25">
+        <v>304994</v>
+      </c>
       <c r="H25" t="str">
-        <v>crazyfrank</v>
+        <v>austintm8</v>
       </c>
       <c r="I25">
         <v>-3</v>
       </c>
       <c r="J25">
         <v>51</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>2</v>
       </c>
       <c r="Y25">
         <v>2</v>
       </c>
       <c r="Z25">
         <v>2</v>
       </c>
       <c r="AA25">
         <v>2</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>T7</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26" t="str">
-        <v>John Rock</v>
+        <v xml:space="preserve">Frank Robinson </v>
       </c>
       <c r="E26">
         <v>-3</v>
       </c>
       <c r="F26">
         <v>51</v>
       </c>
       <c r="H26" t="str">
-        <v>pebbles17</v>
+        <v>crazyfrank</v>
       </c>
       <c r="I26">
         <v>-3</v>
       </c>
       <c r="J26">
         <v>51</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y26">
         <v>2</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T7</v>
       </c>
       <c r="C27">
         <v>7</v>
       </c>
       <c r="D27" t="str">
-        <v>Seth Wadel</v>
+        <v>John Rock</v>
       </c>
       <c r="E27">
         <v>-3</v>
       </c>
       <c r="F27">
         <v>51</v>
       </c>
       <c r="H27" t="str">
-        <v>swadel</v>
+        <v>pebbles17</v>
       </c>
       <c r="I27">
         <v>-3</v>
       </c>
       <c r="J27">
         <v>51</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y27">
         <v>2</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>T11</v>
       </c>
       <c r="C28">
         <v>11</v>
       </c>
       <c r="D28" t="str">
         <v>Lee Shaver</v>
       </c>
       <c r="E28">
         <v>-2</v>
       </c>
       <c r="F28">
         <v>52</v>
       </c>
       <c r="G28">