--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2997,203 +2997,206 @@
       </c>
       <c r="Y30">
         <v>2</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T15</v>
       </c>
       <c r="C31">
         <v>15</v>
       </c>
       <c r="D31" t="str">
-        <v>Bob Udovich</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31">
         <v>63</v>
       </c>
+      <c r="G31">
+        <v>294592</v>
+      </c>
       <c r="H31" t="str">
-        <v>bu12345</v>
+        <v>swadel</v>
       </c>
       <c r="I31">
         <v>6</v>
       </c>
       <c r="J31">
         <v>63</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R31">
         <v>4</v>
       </c>
       <c r="S31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T31">
         <v>4</v>
       </c>
       <c r="U31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
         <v>4</v>
       </c>
       <c r="X31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
         <v>3</v>
       </c>
       <c r="AA31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>T15</v>
       </c>
       <c r="C32">
         <v>15</v>
       </c>
       <c r="D32" t="str">
-        <v>Seth Wadel</v>
+        <v>Bob Udovich</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32">
         <v>63</v>
       </c>
       <c r="H32" t="str">
-        <v>swadel</v>
+        <v>bu12345</v>
       </c>
       <c r="I32">
         <v>6</v>
       </c>
       <c r="J32">
         <v>63</v>
       </c>
       <c r="K32">
         <v>3</v>
       </c>
       <c r="L32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R32">
         <v>4</v>
       </c>
       <c r="S32">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T32">
         <v>4</v>
       </c>
       <c r="U32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
         <v>4</v>
       </c>
       <c r="X32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB32">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
         <v>17</v>
       </c>
       <c r="C33">
         <v>17</v>
       </c>
       <c r="D33" t="str">
         <v>Heath Morris</v>
       </c>
       <c r="E33">
         <v>8</v>
       </c>
       <c r="F33">
         <v>65</v>
       </c>
       <c r="G33">
         <v>244601</v>
       </c>
       <c r="H33" t="str">
@@ -3926,50 +3929,53 @@
       <c r="AA41">
         <v>4</v>
       </c>
       <c r="AB41">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA4</v>
       </c>
       <c r="B42" t="str">
         <v>T6</v>
       </c>
       <c r="C42">
         <v>6</v>
       </c>
       <c r="D42" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
         <v>65</v>
+      </c>
+      <c r="G42">
+        <v>317693</v>
       </c>
       <c r="H42" t="str">
         <v>captco16</v>
       </c>
       <c r="I42">
         <v>8</v>
       </c>
       <c r="J42">
         <v>65</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
         <v>4</v>
       </c>
       <c r="M42">
         <v>4</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>