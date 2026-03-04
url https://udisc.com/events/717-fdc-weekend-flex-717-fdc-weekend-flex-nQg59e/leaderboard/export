--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -2250,51 +2250,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>T6</v>
       </c>
       <c r="C22">
         <v>6</v>
       </c>
       <c r="D22" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
         <v>58</v>
       </c>
       <c r="G22">
         <v>279494</v>
       </c>
       <c r="H22" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I22">
         <v>1</v>
       </c>
       <c r="J22">
         <v>58</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>2</v>
       </c>