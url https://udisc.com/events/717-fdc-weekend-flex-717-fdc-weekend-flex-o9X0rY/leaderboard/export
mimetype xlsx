--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1574,51 +1574,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>T3</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>72</v>
       </c>
       <c r="G14">
         <v>279494</v>
       </c>
       <c r="H14" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>