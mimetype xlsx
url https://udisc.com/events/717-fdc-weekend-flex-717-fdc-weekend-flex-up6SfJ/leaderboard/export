--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1817,200 +1817,203 @@
       </c>
       <c r="Y16">
         <v>5</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>T3</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17" t="str">
-        <v>Andrew Jeter</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E17">
         <v>3</v>
       </c>
       <c r="F17">
         <v>72</v>
       </c>
+      <c r="G17">
+        <v>294592</v>
+      </c>
       <c r="H17" t="str">
-        <v>ajeter2</v>
+        <v>swadel</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17">
         <v>72</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R17">
+        <v>4</v>
+      </c>
+      <c r="S17">
         <v>2</v>
       </c>
-      <c r="S17">
-[...1 lines deleted...]
-      </c>
       <c r="T17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y17">
         <v>6</v>
       </c>
       <c r="Z17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>T3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
-        <v>Seth Wadel</v>
+        <v>Andrew Jeter</v>
       </c>
       <c r="E18">
         <v>3</v>
       </c>
       <c r="F18">
         <v>72</v>
       </c>
       <c r="H18" t="str">
-        <v>swadel</v>
+        <v>ajeter2</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18">
         <v>72</v>
       </c>
       <c r="K18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>3</v>
       </c>
       <c r="V18">
         <v>4</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y18">
         <v>6</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>5</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
       <c r="D19" t="str">
         <v>Ricky Lewis</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>74</v>
       </c>
       <c r="H19" t="str">