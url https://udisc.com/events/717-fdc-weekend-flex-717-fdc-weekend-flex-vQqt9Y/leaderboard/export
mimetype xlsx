--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1835,51 +1835,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>T1</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E17">
         <v>-6</v>
       </c>
       <c r="F17">
         <v>48</v>
       </c>
       <c r="G17">
         <v>279494</v>
       </c>
       <c r="H17" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I17">
         <v>-6</v>
       </c>
       <c r="J17">
         <v>48</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>