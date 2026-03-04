--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1660,51 +1660,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA3</v>
       </c>
       <c r="B15" t="str">
         <v>T2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>68</v>
       </c>
       <c r="G15">
         <v>279494</v>
       </c>
       <c r="H15" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>68</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
@@ -3238,50 +3238,53 @@
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
         <v>7</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA4</v>
       </c>
       <c r="B34" t="str">
         <v>9</v>
       </c>
       <c r="C34">
         <v>9</v>
       </c>
       <c r="D34" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E34">
         <v>30</v>
       </c>
       <c r="F34">
         <v>93</v>
+      </c>
+      <c r="G34">
+        <v>317693</v>
       </c>
       <c r="H34" t="str">
         <v>captco16</v>
       </c>
       <c r="I34">
         <v>30</v>
       </c>
       <c r="J34">
         <v>93</v>
       </c>
       <c r="K34">
         <v>6</v>
       </c>
       <c r="L34">
         <v>6</v>
       </c>
       <c r="M34">
         <v>4</v>
       </c>
       <c r="N34">
         <v>6</v>
       </c>
       <c r="O34">
         <v>7</v>
       </c>