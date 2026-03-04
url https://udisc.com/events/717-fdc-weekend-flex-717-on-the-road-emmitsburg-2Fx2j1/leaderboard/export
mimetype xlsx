--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1915,51 +1915,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E18">
         <v>2</v>
       </c>
       <c r="F18">
         <v>61</v>
       </c>
       <c r="G18">
         <v>279494</v>
       </c>
       <c r="H18" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I18">
         <v>2</v>
       </c>
       <c r="J18">
         <v>61</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>5</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>