--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -1746,51 +1746,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E16">
         <v>5</v>
       </c>
       <c r="F16">
         <v>66</v>
       </c>
       <c r="G16">
         <v>279494</v>
       </c>
       <c r="H16" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I16">
         <v>5</v>
       </c>
       <c r="J16">
         <v>66</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
@@ -1820,197 +1820,200 @@
       </c>
       <c r="Y16">
         <v>4</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA3</v>
       </c>
       <c r="B17" t="str">
         <v>T2</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17" t="str">
-        <v>Hannah Allen</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>71</v>
       </c>
+      <c r="G17">
+        <v>294592</v>
+      </c>
       <c r="H17" t="str">
-        <v>habishhh</v>
+        <v>swadel</v>
       </c>
       <c r="I17">
         <v>10</v>
       </c>
       <c r="J17">
         <v>71</v>
       </c>
       <c r="K17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L17">
         <v>4</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>6</v>
       </c>
       <c r="R17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>T2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
-        <v>Seth Wadel</v>
+        <v>Hannah Allen</v>
       </c>
       <c r="E18">
         <v>10</v>
       </c>
       <c r="F18">
         <v>71</v>
       </c>
       <c r="H18" t="str">
-        <v>swadel</v>
+        <v>habishhh</v>
       </c>
       <c r="I18">
         <v>10</v>
       </c>
       <c r="J18">
         <v>71</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
         <v>6</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>T4</v>
       </c>
       <c r="C19">
         <v>4</v>
       </c>
       <c r="D19" t="str">
         <v>Dominic Rohr</v>
       </c>
       <c r="E19">
         <v>12</v>
       </c>
       <c r="F19">