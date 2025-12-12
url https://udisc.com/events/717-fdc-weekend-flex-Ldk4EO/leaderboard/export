--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -2679,50 +2679,53 @@
         <v>3</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27" t="str">
         <v>Seth Wadel</v>
       </c>
       <c r="E27">
         <v>-3</v>
       </c>
       <c r="F27">
         <v>52</v>
       </c>
+      <c r="G27">
+        <v>294592</v>
+      </c>
       <c r="H27" t="str">
         <v>swadel</v>
       </c>
       <c r="I27">
         <v>-3</v>
       </c>
       <c r="J27">
         <v>52</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
         <v>5</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
@@ -4857,50 +4860,53 @@
       <c r="AA52">
         <v>4</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MA4</v>
       </c>
       <c r="B53" t="str">
         <v>12</v>
       </c>
       <c r="C53">
         <v>12</v>
       </c>
       <c r="D53" t="str">
         <v>David Ridenour</v>
       </c>
       <c r="E53">
         <v>6</v>
       </c>
       <c r="F53">
         <v>61</v>
+      </c>
+      <c r="G53">
+        <v>317693</v>
       </c>
       <c r="H53" t="str">
         <v>captco16</v>
       </c>
       <c r="I53">
         <v>6</v>
       </c>
       <c r="J53">
         <v>61</v>
       </c>
       <c r="K53">
         <v>4</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>5</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>