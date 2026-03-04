--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -2173,51 +2173,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>3</v>
       </c>
       <c r="C21">
         <v>3</v>
       </c>
       <c r="D21" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E21">
         <v>-6</v>
       </c>
       <c r="F21">
         <v>49</v>
       </c>
       <c r="G21">
         <v>279494</v>
       </c>
       <c r="H21" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I21">
         <v>-6</v>
       </c>
       <c r="J21">
         <v>49</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>