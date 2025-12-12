--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1909,197 +1909,200 @@
       </c>
       <c r="Y17">
         <v>2</v>
       </c>
       <c r="Z17">
         <v>2</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>T2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
-        <v>Derek McCardell</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E18">
         <v>-2</v>
       </c>
       <c r="F18">
         <v>55</v>
       </c>
+      <c r="G18">
+        <v>294592</v>
+      </c>
       <c r="H18" t="str">
-        <v>apdaycare02</v>
+        <v>swadel</v>
       </c>
       <c r="I18">
         <v>-2</v>
       </c>
       <c r="J18">
         <v>55</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>2</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
         <v>5</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>T2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>Seth Wadel</v>
+        <v>Derek McCardell</v>
       </c>
       <c r="E19">
         <v>-2</v>
       </c>
       <c r="F19">
         <v>55</v>
       </c>
       <c r="H19" t="str">
-        <v>swadel</v>
+        <v>apdaycare02</v>
       </c>
       <c r="I19">
         <v>-2</v>
       </c>
       <c r="J19">
         <v>55</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
         <v>5</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA3</v>
       </c>
       <c r="B20" t="str">
         <v>T5</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E20">
         <v>-1</v>
       </c>
       <c r="F20">