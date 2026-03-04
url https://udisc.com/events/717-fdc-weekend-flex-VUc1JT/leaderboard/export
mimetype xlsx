--- v1 (2025-12-12)
+++ v2 (2026-03-04)
@@ -2090,51 +2090,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA3</v>
       </c>
       <c r="B20" t="str">
         <v>T5</v>
       </c>
       <c r="C20">
         <v>5</v>
       </c>
       <c r="D20" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E20">
         <v>-1</v>
       </c>
       <c r="F20">
         <v>56</v>
       </c>
       <c r="G20">
         <v>279494</v>
       </c>
       <c r="H20" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I20">
         <v>-1</v>
       </c>
       <c r="J20">
         <v>56</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>