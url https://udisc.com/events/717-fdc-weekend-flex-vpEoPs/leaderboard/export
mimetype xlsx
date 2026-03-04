--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -2004,51 +2004,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>65</v>
       </c>
       <c r="G19">
         <v>279494</v>
       </c>
       <c r="H19" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I19">
         <v>7</v>
       </c>
       <c r="J19">
         <v>65</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>5</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
@@ -2499,203 +2499,206 @@
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>4</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA3</v>
       </c>
       <c r="B25" t="str">
         <v>T7</v>
       </c>
       <c r="C25">
         <v>7</v>
       </c>
       <c r="D25" t="str">
-        <v>Jon Britton</v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E25">
         <v>14</v>
       </c>
       <c r="F25">
         <v>72</v>
       </c>
+      <c r="G25">
+        <v>294592</v>
+      </c>
       <c r="H25" t="str">
-        <v>jbills</v>
+        <v>swadel</v>
       </c>
       <c r="I25">
         <v>14</v>
       </c>
       <c r="J25">
         <v>72</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N25">
         <v>5</v>
       </c>
       <c r="O25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P25">
         <v>5</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>4</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
         <v>4</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z25">
         <v>5</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA3</v>
       </c>
       <c r="B26" t="str">
         <v>T7</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26" t="str">
-        <v>Seth Wadel</v>
+        <v>Jon Britton</v>
       </c>
       <c r="E26">
         <v>14</v>
       </c>
       <c r="F26">
         <v>72</v>
       </c>
       <c r="H26" t="str">
-        <v>swadel</v>
+        <v>jbills</v>
       </c>
       <c r="I26">
         <v>14</v>
       </c>
       <c r="J26">
         <v>72</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N26">
         <v>5</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>4</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
         <v>4</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z26">
         <v>5</v>
       </c>
       <c r="AA26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB26">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T7</v>
       </c>
       <c r="C27">
         <v>7</v>
       </c>
       <c r="D27" t="str">
         <v>Stephen Tydings</v>
       </c>
       <c r="E27">
         <v>14</v>
       </c>
       <c r="F27">
         <v>72</v>
       </c>
       <c r="H27" t="str">
         <v>stydin01</v>
       </c>
       <c r="I27">