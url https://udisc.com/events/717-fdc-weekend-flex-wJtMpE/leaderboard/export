--- v0 (2025-10-20)
+++ v1 (2026-03-04)
@@ -2007,51 +2007,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E19">
         <v>-1</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="G19">
         <v>279494</v>
       </c>
       <c r="H19" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>56</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
@@ -2923,203 +2923,206 @@
       </c>
       <c r="Y29">
         <v>3</v>
       </c>
       <c r="Z29">
         <v>2</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T13</v>
       </c>
       <c r="C30">
         <v>13</v>
       </c>
       <c r="D30" t="str">
-        <v xml:space="preserve">Frank Robinson </v>
+        <v>Seth Wadel</v>
       </c>
       <c r="E30">
         <v>9</v>
       </c>
       <c r="F30">
         <v>66</v>
       </c>
+      <c r="G30">
+        <v>294592</v>
+      </c>
       <c r="H30" t="str">
-        <v>crazyfrank</v>
+        <v>swadel</v>
       </c>
       <c r="I30">
         <v>9</v>
       </c>
       <c r="J30">
         <v>66</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>4</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
         <v>3</v>
       </c>
       <c r="R30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T30">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W30">
         <v>6</v>
       </c>
       <c r="X30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T13</v>
       </c>
       <c r="C31">
         <v>13</v>
       </c>
       <c r="D31" t="str">
-        <v>Seth Wadel</v>
+        <v xml:space="preserve">Frank Robinson </v>
       </c>
       <c r="E31">
         <v>9</v>
       </c>
       <c r="F31">
         <v>66</v>
       </c>
       <c r="H31" t="str">
-        <v>swadel</v>
+        <v>crazyfrank</v>
       </c>
       <c r="I31">
         <v>9</v>
       </c>
       <c r="J31">
         <v>66</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>4</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V31">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W31">
         <v>6</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA31">
         <v>4</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>T13</v>
       </c>
       <c r="C32">
         <v>13</v>
       </c>
       <c r="D32" t="str">
         <v>Stephen Tydings</v>
       </c>
       <c r="E32">
         <v>9</v>
       </c>
       <c r="F32">
         <v>66</v>
       </c>
       <c r="H32" t="str">
         <v>stydin01</v>
       </c>
       <c r="I32">