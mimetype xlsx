--- v0 (2025-12-12)
+++ v1 (2026-03-04)
@@ -1998,51 +1998,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>T5</v>
       </c>
       <c r="C19">
         <v>5</v>
       </c>
       <c r="D19" t="str">
         <v>Tony Miller</v>
       </c>
       <c r="E19">
         <v>7</v>
       </c>
       <c r="F19">
         <v>63</v>
       </c>
       <c r="G19">
         <v>279494</v>
       </c>
       <c r="H19" t="str">
-        <v>tonymiller2586</v>
+        <v>tossintony</v>
       </c>
       <c r="I19">
         <v>7</v>
       </c>
       <c r="J19">
         <v>63</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>